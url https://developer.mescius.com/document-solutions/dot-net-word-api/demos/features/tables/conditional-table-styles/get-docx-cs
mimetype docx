--- v0 (2025-11-07)
+++ v1 (2025-11-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R644e8c13cca84911" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2e8d5bf6e34f4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0d0152bfa690409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R163baa8ffbfe40fe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re72a00889892413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R92c588bec9da4765" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91f2cee318674ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R27ebfa4f48ee4455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9168cb4e65fb41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb01a44d4bb904027" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra9d903d40aba4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0a93ff9409404015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22c1a0f713984225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4002571e6c624ac0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>