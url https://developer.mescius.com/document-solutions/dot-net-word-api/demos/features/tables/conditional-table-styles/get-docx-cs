--- v1 (2025-11-07)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R163baa8ffbfe40fe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re72a00889892413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R92c588bec9da4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e31a12d94ce4cc3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R54c9d6f2a15d413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R443705f7fb7d4e34" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra9d903d40aba4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0a93ff9409404015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22c1a0f713984225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4002571e6c624ac0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8a84dfb8ba7456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08e4a4ad92eb4e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61a6fb31e38a4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2c36c36b7f78427f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>