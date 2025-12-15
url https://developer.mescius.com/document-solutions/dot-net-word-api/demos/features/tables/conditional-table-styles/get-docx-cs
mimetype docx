--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e31a12d94ce4cc3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R54c9d6f2a15d413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R443705f7fb7d4e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68d7b4ef72e34e15" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49775a24723c4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbdc5cec59a7d4067" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8a84dfb8ba7456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08e4a4ad92eb4e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61a6fb31e38a4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2c36c36b7f78427f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0291148bd2574e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6799b52045d041e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf9f6512e1964ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5fdb347e5eae43a9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>