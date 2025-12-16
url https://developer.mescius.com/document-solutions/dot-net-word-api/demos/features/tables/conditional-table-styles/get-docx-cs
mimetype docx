--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68d7b4ef72e34e15" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49775a24723c4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbdc5cec59a7d4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R000dfe75d06c4198" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R013e8a6b2a72437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1d1237bf770485b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0291148bd2574e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6799b52045d041e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf9f6512e1964ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5fdb347e5eae43a9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3430d1a70a8b4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rde456a2249ee4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82cd532510384572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R09bcb4313e2b4372" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>