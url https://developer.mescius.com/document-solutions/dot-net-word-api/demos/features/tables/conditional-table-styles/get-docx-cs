--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R000dfe75d06c4198" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R013e8a6b2a72437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1d1237bf770485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb55094ba261f4fb6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5345f15c52f4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reaed6726aeb74e5f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3430d1a70a8b4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rde456a2249ee4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82cd532510384572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R09bcb4313e2b4372" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b3e78a998c34dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R565341bfac70433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac8c3cd92c59461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb1f6621ac984f2e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>