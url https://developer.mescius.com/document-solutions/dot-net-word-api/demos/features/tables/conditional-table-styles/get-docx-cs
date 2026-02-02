--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb55094ba261f4fb6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5345f15c52f4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reaed6726aeb74e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R028700f9541a45ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R361860bb4b55414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86bd76a6c67442bd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b3e78a998c34dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R565341bfac70433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac8c3cd92c59461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb1f6621ac984f2e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc0772e6f91344a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R047c1b6f059d49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5d69e815ef54de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra9acb71f73b44663" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>