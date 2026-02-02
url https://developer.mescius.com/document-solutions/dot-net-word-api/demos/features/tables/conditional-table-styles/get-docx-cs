--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R028700f9541a45ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R361860bb4b55414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86bd76a6c67442bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R57980706e3ac42c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbae516464c1b4a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R50bae14227fe4b7b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc0772e6f91344a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R047c1b6f059d49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5d69e815ef54de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra9acb71f73b44663" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9a983bde70f41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3be0e6d61b134565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb3768890837f4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc05370c92c3742bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>