--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R57980706e3ac42c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbae516464c1b4a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R50bae14227fe4b7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9cb2dc8c20b4590" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R085eb4b998284b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c561f7634f3447d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9a983bde70f41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3be0e6d61b134565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb3768890837f4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc05370c92c3742bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R488cc217d3ca4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R924779219b8e43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbea54e8216ad44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R506914b8ceb446ae" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>