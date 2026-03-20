--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9cb2dc8c20b4590" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R085eb4b998284b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c561f7634f3447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9a505e8829f4906" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R95566a0333bb4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R03ca84af89c04bb2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A 7 columns by 20 rows table, with conditional styles applied to most elements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="01E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1691,51 +1691,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R488cc217d3ca4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R924779219b8e43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbea54e8216ad44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R506914b8ceb446ae" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0043a738896443cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raac50f22e9e640d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61ce3e0d9ea045ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R570ff7aff4c24072" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>