--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,2273 +1,2573 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5ea7825d7c14b18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e4fd72ce9c042c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09952ba2f8eb4ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d170c3ea2f44e62" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8fe9210849246dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rccc4d6076aa34345" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 60 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 4 columns by 84 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 57, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 57, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 57, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 57, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 58, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 58, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 58, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 58, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 59, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 59, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 59, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 59, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 60, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 60, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 60, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 60, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2 lines deleted...]
-              <w:t>Row 60, col 5</w:t>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2824,51 +3124,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raefb4a9b9e1943da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf755ab8a92694b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbba939f70259444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3631d284227e40d1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7efc6edf81a945ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R114433f0e9854e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R876b21d4f09c4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R437b01c902fc44bc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>