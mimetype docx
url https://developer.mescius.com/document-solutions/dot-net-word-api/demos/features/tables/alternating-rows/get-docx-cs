--- v1 (2025-12-13)
+++ v2 (2025-12-15)
@@ -1,2573 +1,1533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d170c3ea2f44e62" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8fe9210849246dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rccc4d6076aa34345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra948e07d7cbc43e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra32162de24144dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4a31f96dca024dc3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 84 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 5 columns by 40 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 13, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...1315 lines deleted...]
-              <w:t>Row 84, col 4</w:t>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -3124,51 +2084,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7efc6edf81a945ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R114433f0e9854e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R876b21d4f09c4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R437b01c902fc44bc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Redd851f999e74dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e9dd5af9c02478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R88a8cfdd12a64ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d61cfab91114f2c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>