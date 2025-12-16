--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra948e07d7cbc43e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra32162de24144dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4a31f96dca024dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R36034d8457394661" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra108ea44a3b2460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R47f1d97acfc84eb9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 40 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 5 columns by 74 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1484,50 +1484,1308 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2084,51 +3342,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Redd851f999e74dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e9dd5af9c02478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R88a8cfdd12a64ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d61cfab91114f2c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R531a283adfcd4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R29153bb775624330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8f58b12cab6341c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00f695d3cb4d4027" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>