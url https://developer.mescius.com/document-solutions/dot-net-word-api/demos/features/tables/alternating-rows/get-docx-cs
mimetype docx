--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,2791 +1,1493 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R36034d8457394661" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra108ea44a3b2460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R47f1d97acfc84eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc121746621bb4fcb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R926e456c168e4bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c8ca7d3de2845e9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 74 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 4 columns by 48 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 4</w:t>
-            </w:r>
-[...967 lines deleted...]
-              <w:t>Row 74, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -3342,51 +2044,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R531a283adfcd4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R29153bb775624330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8f58b12cab6341c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00f695d3cb4d4027" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R890741e326d14870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c43930db3334876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c87b2854b384781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R751d848bfb574e0a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>