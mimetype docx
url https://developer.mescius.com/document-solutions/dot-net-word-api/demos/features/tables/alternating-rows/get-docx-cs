--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,1493 +1,1644 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc121746621bb4fcb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R926e456c168e4bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c8ca7d3de2845e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7fcb407fd4dd4d44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe719e4ca9a94765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54d80fe324404306" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 48 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 5 columns by 43 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 13, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...145 lines deleted...]
-              <w:t>Row 48, col 4</w:t>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2044,51 +2195,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R890741e326d14870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c43930db3334876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c87b2854b384781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R751d848bfb574e0a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8c8472510c24128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83900aca954c42db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f557133fc8a4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R612cdb4875684d11" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>