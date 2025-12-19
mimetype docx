--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7fcb407fd4dd4d44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe719e4ca9a94765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54d80fe324404306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd66fb6a0c8994a21" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc42bac50c0f4ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f6b8188e9dd4862" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 43 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 5 columns by 96 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1595,50 +1595,2011 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2195,51 +4156,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8c8472510c24128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83900aca954c42db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f557133fc8a4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R612cdb4875684d11" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rce8b7af0ad594a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb9e0ab74745c42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f98545e474e4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce14cad7fe6b434c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>