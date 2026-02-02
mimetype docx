--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,3605 +1,1733 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd66fb6a0c8994a21" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc42bac50c0f4ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f6b8188e9dd4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7cd62e88cccf4fc5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R123c556695cc435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf4b75572958471c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 96 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 4 columns by 56 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 4</w:t>
-            </w:r>
-[...1485 lines deleted...]
-              <w:t>Row 96, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -4156,51 +2284,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rce8b7af0ad594a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb9e0ab74745c42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f98545e474e4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce14cad7fe6b434c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4cb4a2767474bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0bd7da5ba7e540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08f580220a6d4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R095347b79a564afc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>