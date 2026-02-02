--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,1733 +1,2606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7cd62e88cccf4fc5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R123c556695cc435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf4b75572958471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R18e9665537fb4c08" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R67fa1762b65f4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99785dc3e0ae4d5a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 56 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 5 columns by 69 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 13, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 48, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 49, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 50, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 51, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 52, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 53, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 54, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 55, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2284,51 +3157,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4cb4a2767474bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0bd7da5ba7e540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08f580220a6d4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R095347b79a564afc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R037738bdfb454460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdc9ad99d720d4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87cd929376b043cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R68b69652afe3411e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>