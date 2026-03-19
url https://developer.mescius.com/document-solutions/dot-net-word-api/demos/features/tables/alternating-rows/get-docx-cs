--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,2606 +1,1313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R18e9665537fb4c08" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R67fa1762b65f4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99785dc3e0ae4d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd965dcaa418248ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R61bbf31c44464f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R38fed9ba9da24d26" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 69 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 4 columns by 42 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
-            </w:r>
-[...1004 lines deleted...]
-              <w:t>Row 69, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -3157,51 +1864,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R037738bdfb454460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdc9ad99d720d4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87cd929376b043cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R68b69652afe3411e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0900da35c28144af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raddce4169e6b4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ac48da0a19841ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfbaa4b974a70495f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>