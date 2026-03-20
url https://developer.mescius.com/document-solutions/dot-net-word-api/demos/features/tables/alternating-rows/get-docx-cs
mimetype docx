--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,1313 +1,2791 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd965dcaa418248ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R61bbf31c44464f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R38fed9ba9da24d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55df49d4b2c84409" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f3c171a85b643a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R71264c0958d94858" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 42 rows table, with conditional styles applied to alternating rows:</w:t>
+        <w:t>A 5 columns by 74 rows table, with conditional styles applied to alternating rows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0400" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 13, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 13, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1864,51 +3342,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0900da35c28144af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raddce4169e6b4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ac48da0a19841ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfbaa4b974a70495f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5015842d73f4070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1caf970addc4e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8d3e9770a24d4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70ba9908436b43b2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>