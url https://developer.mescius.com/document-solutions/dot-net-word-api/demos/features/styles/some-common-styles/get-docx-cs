--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R20560bde2c7342ed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb3a9630300fd4965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9dd3dfbc65cd4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R590c8fefa1ef4583" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R75542006efa34039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R513cc13f6ff44cf8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa, diam, mi sed dolore. Dolore erat sit adipiscing volutpat. Aliquet laoreet ut sed pharetra. </w:t>
+        <w:t xml:space="preserve">Tempus aliquet et volutpat praesent. Et, ut tincidunt aliquam amet. At id et magna ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sed turpis diam lobortis, donec. Feugiat at ullamcorper nibh nisi. Sed consectetur molestie mi ut. </w:t>
+        <w:t xml:space="preserve">Donec nisi, ipsum feugiat adipiscing. Volutpat proin massa erat turpis. Elit volutpat proin tincidunt ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Turpis, eget proin dolore erat. Consectetur molestie praesent ut lorem. Nonummy euismod ante dolore pulvinar. </w:t>
+        <w:t xml:space="preserve">Tellus mi nisi feugiat elit. Ullamcorper massa donec dolor adipiscing. Euismod et nisi pulvinar elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Eget tellus laoreet magna sit. Adipiscing ullamcorper nibh tempus, amet. Volutpat proin dolore dolor mauris. </w:t>
+        <w:t xml:space="preserve">Tincidunt, nisi ipsum amet, volutpat. Ante congue feugiat at aliquet. Laoreet lorem, adipiscing id diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R88bcb6832d6e47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89fb4e48746c487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4caabcacccc24d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R26efbae1a3934d2c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R24672e6570c94c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd594bfe2d8c84080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2bd6c0740c8b412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd22b2d6897294b13" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>