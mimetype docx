--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R590c8fefa1ef4583" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R75542006efa34039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R513cc13f6ff44cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5285ddde27a146b2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c14904a118c4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c809c56395b4515" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus aliquet et volutpat praesent. Et, ut tincidunt aliquam amet. At id et magna ut. </w:t>
+        <w:t xml:space="preserve">Volutpat molestie nibh, mi non. Euismod volutpat nonummy amet, feugiat. Erat magna mi aliquet, elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Donec nisi, ipsum feugiat adipiscing. Volutpat proin massa erat turpis. Elit volutpat proin tincidunt ac. </w:t>
+        <w:t xml:space="preserve">Molestie consectetur ipsum magna laoreet. Aliquet at nonummy magna nunc. Et aliquet at dolor donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tellus mi nisi feugiat elit. Ullamcorper massa donec dolor adipiscing. Euismod et nisi pulvinar elit. </w:t>
+        <w:t xml:space="preserve">Sem elit ipsum aliquam elit. Pulvinar aliquam lobortis ullamcorper felis. Feugiat magna mi molestie consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt, nisi ipsum amet, volutpat. Ante congue feugiat at aliquet. Laoreet lorem, adipiscing id diam. </w:t>
+        <w:t xml:space="preserve">Ipsum nisi nibh euismod at. Dolor tempus lobortis non nonummy. Erat lobortis diam felis pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R24672e6570c94c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd594bfe2d8c84080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2bd6c0740c8b412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd22b2d6897294b13" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raf3a44f2bab54580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R52dcc7d9edbd4d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R16d55df11e4d48dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R617516449cd949e2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>