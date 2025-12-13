--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5285ddde27a146b2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c14904a118c4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c809c56395b4515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb0f54bb13404466" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R230f25a612674aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re861efcf2777417b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat molestie nibh, mi non. Euismod volutpat nonummy amet, feugiat. Erat magna mi aliquet, elit. </w:t>
+        <w:t xml:space="preserve">Amet volutpat euismod ullamcorper tellus. Id turpis pulvinar tempus magna. Massa et euismod adipiscing, sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Molestie consectetur ipsum magna laoreet. Aliquet at nonummy magna nunc. Et aliquet at dolor donec. </w:t>
+        <w:t xml:space="preserve">Pulvinar lorem magna ante volutpat. Elit ipsum nunc sem eget. Pulvinar ac tincidunt praesent, mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sem elit ipsum aliquam elit. Pulvinar aliquam lobortis ullamcorper felis. Feugiat magna mi molestie consectetur. </w:t>
+        <w:t xml:space="preserve">Pharetra ipsum, nunc diam id. Turpis ac tincidunt aliquet at. Amet tempus lobortis diam, felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ipsum nisi nibh euismod at. Dolor tempus lobortis non nonummy. Erat lobortis diam felis pulvinar. </w:t>
+        <w:t xml:space="preserve">At pulvinar donec ante eget. Amet, aliquam nibh non adipiscing. Ipsum ullamcorper felis ipsum ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raf3a44f2bab54580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R52dcc7d9edbd4d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R16d55df11e4d48dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R617516449cd949e2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6074b1ff3d194897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6079051e6c4e4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb0c93644f09b4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2574be1baeeb4f0f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>