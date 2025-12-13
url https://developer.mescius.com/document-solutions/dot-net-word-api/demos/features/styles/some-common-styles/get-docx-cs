--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb0f54bb13404466" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R230f25a612674aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re861efcf2777417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35a919efa3d34041" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f6496481563435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R239652529a1f4ba5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet volutpat euismod ullamcorper tellus. Id turpis pulvinar tempus magna. Massa et euismod adipiscing, sed. </w:t>
+        <w:t xml:space="preserve">Id, ac erat ipsum laoreet. Proin diam massa, donec feugiat. Amet mauris tellus, et ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar lorem magna ante volutpat. Elit ipsum nunc sem eget. Pulvinar ac tincidunt praesent, mauris. </w:t>
+        <w:t xml:space="preserve">Lobortis turpis euismod, sem massa. Donec sit, mauris diam lobortis. Aliquam pulvinar eget sem tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pharetra ipsum, nunc diam id. Turpis ac tincidunt aliquet at. Amet tempus lobortis diam, felis. </w:t>
+        <w:t xml:space="preserve">Adipiscing tellus nibh aliquam sit. Eget sem nunc tempus consectetur. Mauris diam tincidunt lorem turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">At pulvinar donec ante eget. Amet, aliquam nibh non adipiscing. Ipsum ullamcorper felis ipsum ut. </w:t>
+        <w:t xml:space="preserve">Elit sem laoreet erat pharetra. Molestie praesent congue lorem nonummy. Volutpat proin dolore dolor, elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6074b1ff3d194897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6079051e6c4e4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb0c93644f09b4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2574be1baeeb4f0f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R585e1ecc5d344d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05e4f52e192a433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb14bed8267c146e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree3f856e0ffe460b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>