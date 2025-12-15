--- v4 (2025-12-13)
+++ v5 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35a919efa3d34041" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f6496481563435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R239652529a1f4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f8042f90a42448f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfffb8f1417ea4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7fe34f3c6ed34781" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id, ac erat ipsum laoreet. Proin diam massa, donec feugiat. Amet mauris tellus, et ut. </w:t>
+        <w:t xml:space="preserve">Ac ut molestie, at, congue. Nibh mi ante diam praesent. Proin et nunc tincidunt nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Lobortis turpis euismod, sem massa. Donec sit, mauris diam lobortis. Aliquam pulvinar eget sem tincidunt. </w:t>
+        <w:t xml:space="preserve">Ac ac, donec erat donec. Lorem donec nunc nisi congue. Nunc ante nibh laoreet massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing tellus nibh aliquam sit. Eget sem nunc tempus consectetur. Mauris diam tincidunt lorem turpis. </w:t>
+        <w:t xml:space="preserve">Donec massa congue dolore nisi. Magna dolore ac erat lorem. Sed ipsum tempus lorem ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Elit sem laoreet erat pharetra. Molestie praesent congue lorem nonummy. Volutpat proin dolore dolor, elit. </w:t>
+        <w:t xml:space="preserve">Congue tincidunt, nunc lobortis nunc. Massa lobortis tincidunt massa ante. Tincidunt, ante nibh massa lobortis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R585e1ecc5d344d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05e4f52e192a433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb14bed8267c146e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree3f856e0ffe460b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6a97716e8ff45c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c9bf00dcddb4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f285e8734d54e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f565391457b44bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>