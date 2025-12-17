--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f8042f90a42448f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfffb8f1417ea4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7fe34f3c6ed34781" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R617764dd77854e1d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Red7c856058654119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rba77d1eb3e9f4260" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac ut molestie, at, congue. Nibh mi ante diam praesent. Proin et nunc tincidunt nunc. </w:t>
+        <w:t xml:space="preserve">Ullamcorper tincidunt lobortis tempus amet. At euismod nibh aliquam sit. Eget nibh adipiscing aliquet dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ac ac, donec erat donec. Lorem donec nunc nisi congue. Nunc ante nibh laoreet massa. </w:t>
+        <w:t xml:space="preserve">Pulvinar eget ante nisi amet. Euismod lobortis dolor molestie massa. Aliquam nonummy congue pharetra non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Donec massa congue dolore nisi. Magna dolore ac erat lorem. Sed ipsum tempus lorem ipsum. </w:t>
+        <w:t xml:space="preserve">Pharetra molestie ante erat nonummy. Ullamcorper ut id laoreet sed. Elit proin ut pulvinar euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Congue tincidunt, nunc lobortis nunc. Massa lobortis tincidunt massa ante. Tincidunt, ante nibh massa lobortis. </w:t>
+        <w:t xml:space="preserve">Tincidunt feugiat molestie, ipsum id. Laoreet erat elit et aliquam. Amet id laoreet ac adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6a97716e8ff45c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c9bf00dcddb4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f285e8734d54e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f565391457b44bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb9a4737700424aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f4762a1055f47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5fcecf11df794e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ef122b6280f4cc3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>