--- v6 (2025-12-17)
+++ v7 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R617764dd77854e1d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Red7c856058654119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rba77d1eb3e9f4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R555e7372fda841cf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R75238361625e4261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75cfeb84c8534bd7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper tincidunt lobortis tempus amet. At euismod nibh aliquam sit. Eget nibh adipiscing aliquet dolore. </w:t>
+        <w:t xml:space="preserve">Massa donec massa nunc, aliquet. Non nonummy ipsum congue et. Molestie pharetra erat, nisi proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar eget ante nisi amet. Euismod lobortis dolor molestie massa. Aliquam nonummy congue pharetra non. </w:t>
+        <w:t xml:space="preserve">Amet tempus nibh volutpat nonummy. Tempus nibh, eget dolor congue. Aliquet turpis ut, proin elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pharetra molestie ante erat nonummy. Ullamcorper ut id laoreet sed. Elit proin ut pulvinar euismod. </w:t>
+        <w:t xml:space="preserve">Euismod, amet donec praesent at. Dolor congue tellus turpis nisi. Proin eget sed laoreet molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt feugiat molestie, ipsum id. Laoreet erat elit et aliquam. Amet id laoreet ac adipiscing. </w:t>
+        <w:t xml:space="preserve">Tempus, ante mauris feugiat ut. Ullamcorper nonummy aliquam proin at. Lorem et eget, sed laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb9a4737700424aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f4762a1055f47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5fcecf11df794e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ef122b6280f4cc3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17612a9fba6245d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R083bb5fde5e74a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6721f6562a5d43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re20052ec5c884cf1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>