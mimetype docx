--- v7 (2025-12-18)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R555e7372fda841cf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R75238361625e4261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75cfeb84c8534bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6dda4aa6c2bc4567" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1e4cbfcccca8435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1394bd03870947d0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa donec massa nunc, aliquet. Non nonummy ipsum congue et. Molestie pharetra erat, nisi proin. </w:t>
+        <w:t xml:space="preserve">Magna ipsum, ac congue magna. Mi molestie consectetur erat nunc. Aliquet dolor dolore aliquet consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Amet tempus nibh volutpat nonummy. Tempus nibh, eget dolor congue. Aliquet turpis ut, proin elit. </w:t>
+        <w:t xml:space="preserve">Sed nunc, praesent eget, dolor. Congue aliquet turpis aliquam et. Pulvinar nisi et elit dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Euismod, amet donec praesent at. Dolor congue tellus turpis nisi. Proin eget sed laoreet molestie. </w:t>
+        <w:t xml:space="preserve">Id feugiat ut diam felis. Aliquam mauris dolor congue ullamcorper. Turpis ac et volutpat dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tempus, ante mauris feugiat ut. Ullamcorper nonummy aliquam proin at. Lorem et eget, sed laoreet. </w:t>
+        <w:t xml:space="preserve">Massa tellus magna praesent nonummy. Feugiat lobortis non dolor tincidunt. Euismod, amet nisi sem consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17612a9fba6245d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R083bb5fde5e74a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6721f6562a5d43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re20052ec5c884cf1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5943594fa704daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47ae606908884ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6bad7fa2b7a948ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ccadbf9e34546b0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>