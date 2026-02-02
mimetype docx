--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6dda4aa6c2bc4567" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1e4cbfcccca8435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1394bd03870947d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb07f267f289f4891" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R67095cdc27124d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6690ea27d1964c67" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna ipsum, ac congue magna. Mi molestie consectetur erat nunc. Aliquet dolor dolore aliquet consectetur. </w:t>
+        <w:t xml:space="preserve">Eget ante ante sem ante. Mi sem id, ac dolore. Lobortis et id turpis dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sed nunc, praesent eget, dolor. Congue aliquet turpis aliquam et. Pulvinar nisi et elit dolor. </w:t>
+        <w:t xml:space="preserve">Pharetra erat massa non elit. Pulvinar lorem tincidunt at amet. Ipsum magna laoreet tellus at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Id feugiat ut diam felis. Aliquam mauris dolor congue ullamcorper. Turpis ac et volutpat dolor. </w:t>
+        <w:t xml:space="preserve">Dolor tempus ut diam feugiat. Ac nunc sem eget pulvinar. Nisi nibh, euismod turpis, lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Massa tellus magna praesent nonummy. Feugiat lobortis non dolor tincidunt. Euismod, amet nisi sem consectetur. </w:t>
+        <w:t xml:space="preserve">Lobortis, praesent molestie pharetra erat. Massa sem elit pulvinar ac. Lobortis praesent mauris feugiat congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5943594fa704daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47ae606908884ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6bad7fa2b7a948ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ccadbf9e34546b0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6002f72448e64730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc848c8d759434811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbcc24cb05479471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7231ef4a640240ef" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>