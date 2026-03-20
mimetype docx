--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb07f267f289f4891" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R67095cdc27124d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6690ea27d1964c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55edc276d2984287" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1cc56e7a93a24a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2303877b5ac24dfa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget ante ante sem ante. Mi sem id, ac dolore. Lobortis et id turpis dolor. </w:t>
+        <w:t xml:space="preserve">Mi non ullamcorper euismod, non. Euismod proin nunc ac sit. Nonummy mauris euismod proin nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pharetra erat massa non elit. Pulvinar lorem tincidunt at amet. Ipsum magna laoreet tellus at. </w:t>
+        <w:t xml:space="preserve">Laoreet ut dolore sed consectetur. Id diam massa donec pharetra. Mauris, aliquet nibh nisi ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Dolor tempus ut diam feugiat. Ac nunc sem eget pulvinar. Nisi nibh, euismod turpis, lorem. </w:t>
+        <w:t xml:space="preserve">Consectetur molestie aliquet tincidunt ac. Pulvinar at molestie et, ut. Tempus nonummy non nibh donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Lobortis, praesent molestie pharetra erat. Massa sem elit pulvinar ac. Lobortis praesent mauris feugiat congue. </w:t>
+        <w:t xml:space="preserve">Molestie praesent tincidunt lorem adipiscing. Ullamcorper, nibh aliquam ipsum elit. Non, laoreet elit diam, nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6002f72448e64730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc848c8d759434811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbcc24cb05479471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7231ef4a640240ef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd34621cbc8e5417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6720cfe7e7e44786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06e6ed8cd28248d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2a3a08ae37864916" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>