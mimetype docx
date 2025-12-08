--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1c1649a7badb4d4f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc14a1b54fb984c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc0946846c1f34885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fb6e96e8d3b4934" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50f6763e925c4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe86e5554b9f4dfb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0bc7ddb9f28425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R254177def3d746df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb961c34ffdc845a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra278a7e0f95c4e0d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc864ea76b6b941d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R343d44b3418d48c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R50d2fb45db774f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51088b8357f4404e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>