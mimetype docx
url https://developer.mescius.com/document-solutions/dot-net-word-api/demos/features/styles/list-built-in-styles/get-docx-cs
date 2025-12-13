--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fb6e96e8d3b4934" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50f6763e925c4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe86e5554b9f4dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc5f2c640e15c4537" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd4ff36263a6a4960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rca48ad620ee441f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc864ea76b6b941d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R343d44b3418d48c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R50d2fb45db774f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51088b8357f4404e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ae400d7b7f74f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6cf0b5d27f144cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3607692ea66b4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d904ef550ad42e3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>