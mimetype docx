--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc5f2c640e15c4537" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd4ff36263a6a4960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rca48ad620ee441f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4959d9352c914b63" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9dcd8f1108a74a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d6dddd183564c9a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ae400d7b7f74f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6cf0b5d27f144cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3607692ea66b4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d904ef550ad42e3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R213b672941cc4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0b12c6e1526a4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11d93cd2a7b4450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R21820c818a9b4376" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>