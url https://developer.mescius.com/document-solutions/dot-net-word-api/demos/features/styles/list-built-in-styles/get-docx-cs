--- v3 (2025-12-13)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4959d9352c914b63" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9dcd8f1108a74a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d6dddd183564c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc200285f1504b4f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5467f29b81424260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3eff6156c1d34f6e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R213b672941cc4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0b12c6e1526a4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11d93cd2a7b4450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R21820c818a9b4376" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94f06d3c0e594af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb933101504374c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbc10b410d57475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53ee8acee01846fe" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>