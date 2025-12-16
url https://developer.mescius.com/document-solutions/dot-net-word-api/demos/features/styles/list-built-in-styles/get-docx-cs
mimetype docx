--- v4 (2025-12-15)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc200285f1504b4f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5467f29b81424260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3eff6156c1d34f6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e6fa4c1dcee487a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf3717e5dc8d845ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a72241f104949d9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94f06d3c0e594af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb933101504374c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbc10b410d57475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53ee8acee01846fe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbdad99847e294190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e3430b8426e4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd8c5645db1ab416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9dfd8cdd1ba24cca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>