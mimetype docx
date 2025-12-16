--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e6fa4c1dcee487a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf3717e5dc8d845ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a72241f104949d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae2d5d3ff0324e6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4e6188e5d71e48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re93fac46ade648d4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbdad99847e294190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e3430b8426e4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd8c5645db1ab416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9dfd8cdd1ba24cca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfed385330c784a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1227dd8dbe3a4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc41a51898784ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d78d61694154d07" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>