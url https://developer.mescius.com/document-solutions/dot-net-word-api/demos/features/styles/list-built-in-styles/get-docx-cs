--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae2d5d3ff0324e6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4e6188e5d71e48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re93fac46ade648d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R322a971b8b0f4e85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra5b0e005f3bd4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f4406c31a8f4c13" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfed385330c784a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1227dd8dbe3a4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc41a51898784ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d78d61694154d07" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11d3636205094e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf8d4242ba93045a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d1155ad20124493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R147c1d0a890247c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>