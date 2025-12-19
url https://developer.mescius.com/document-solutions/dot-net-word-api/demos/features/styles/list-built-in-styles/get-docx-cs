--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R322a971b8b0f4e85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra5b0e005f3bd4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f4406c31a8f4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcda18c9277764208" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e4a189f24c74cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d642ce9d82a499f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11d3636205094e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf8d4242ba93045a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d1155ad20124493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R147c1d0a890247c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6ca0df5944014501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9107d678091242c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3e713d97560a4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3b60128a7674fd4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>