--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcda18c9277764208" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e4a189f24c74cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d642ce9d82a499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2755f2a0bdbc470a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3d80d4500b6348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rac6eb0fca9af448d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6ca0df5944014501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9107d678091242c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3e713d97560a4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3b60128a7674fd4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re69cd930c08348f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R303b6b9241f74571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re37cf56884f44b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86cb2db2e0144638" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>