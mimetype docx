--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2755f2a0bdbc470a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3d80d4500b6348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rac6eb0fca9af448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1dcadd51e684d6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72b573dd8a1b477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0cfa89cec6e544bb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re69cd930c08348f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R303b6b9241f74571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re37cf56884f44b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86cb2db2e0144638" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3cc9ba3508634a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d0a99ff44df40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0e44130916e746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc555ca93f56f40a9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>