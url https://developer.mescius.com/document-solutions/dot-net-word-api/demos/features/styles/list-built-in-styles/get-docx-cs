--- v10 (2026-02-02)
+++ v11 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1dcadd51e684d6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72b573dd8a1b477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0cfa89cec6e544bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c5368833ddb4788" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d0262a866404442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R10c4eb30d78248b8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>List of All Built-in Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Grid Table Light', type: 'Table'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Style name: 'Unresolved Mention', type: 'Character'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -2461,51 +2461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3cc9ba3508634a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d0a99ff44df40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0e44130916e746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc555ca93f56f40a9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7bbc79e7639a4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf49c7aaf65d24e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R390d8d6b3e944b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf01b19d5b7f04bd6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>