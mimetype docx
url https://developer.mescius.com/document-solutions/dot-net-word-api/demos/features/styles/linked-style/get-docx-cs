--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref4a3059cb05416e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re2ccca4f35314d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc0285aecc756426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a73b287922c4633" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rde37ee449506430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86e7f2b448614ac6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf248e46638e64eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8959c11ebcd64c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9d43fdcc86a42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R023936fe243d40e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9590b647bdfc4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5c250ea79644de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb68553be9214201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d3780f71fb4423a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>