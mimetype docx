--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a73b287922c4633" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rde37ee449506430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86e7f2b448614ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb9b3dfd72944b75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcfd3b71c26d49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67b41478c1f046cb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9590b647bdfc4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5c250ea79644de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb68553be9214201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d3780f71fb4423a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c49bcc180b240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R148323905a2b4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2f5d615243684caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R54cf24d7c4b84bff" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>