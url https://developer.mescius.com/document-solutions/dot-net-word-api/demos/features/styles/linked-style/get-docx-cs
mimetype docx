--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb9b3dfd72944b75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcfd3b71c26d49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67b41478c1f046cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4184a61443584b59" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R967a051320374aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf55a51d89bb54705" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c49bcc180b240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R148323905a2b4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2f5d615243684caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R54cf24d7c4b84bff" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9225e73d2b204ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ac6b1fb31724c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc918c566a5ed451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf14e95d6aed14b23" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>