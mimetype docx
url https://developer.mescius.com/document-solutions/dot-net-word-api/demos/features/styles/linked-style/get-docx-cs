--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4184a61443584b59" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R967a051320374aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf55a51d89bb54705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b9ae06b33ca4ad1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc6063dc849524b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ab2d92bf46e4377" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9225e73d2b204ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ac6b1fb31724c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc918c566a5ed451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf14e95d6aed14b23" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R930b012814374c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd1e3c9686a34615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8402d36fba7642f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref9c8572b47a47cc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>