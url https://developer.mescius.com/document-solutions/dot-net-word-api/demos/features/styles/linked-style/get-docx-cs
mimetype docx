--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b9ae06b33ca4ad1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc6063dc849524b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ab2d92bf46e4377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4bfd334ef22e41da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9bda83638fc84a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R051addfff0cc466d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R930b012814374c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd1e3c9686a34615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8402d36fba7642f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref9c8572b47a47cc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4bdd2a47977c4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rab98ba675f264de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R994a4f1052ae4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f3fda4ba7cb4be8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>