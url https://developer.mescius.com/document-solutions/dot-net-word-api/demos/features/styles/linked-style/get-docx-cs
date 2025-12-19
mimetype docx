--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4bfd334ef22e41da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9bda83638fc84a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R051addfff0cc466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R32035970715746f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R640b78ea3e02476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5231953efbd444c4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4bdd2a47977c4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rab98ba675f264de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R994a4f1052ae4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f3fda4ba7cb4be8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5f19f7fe85f435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1355f1dd7cb34e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07c2827a133747c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R579d0d9ad9464b05" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>