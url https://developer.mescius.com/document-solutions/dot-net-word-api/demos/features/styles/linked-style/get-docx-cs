--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R32035970715746f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R640b78ea3e02476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5231953efbd444c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f5a1c349a114136" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re47991cf99c842f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R49f26a61fb334847" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5f19f7fe85f435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1355f1dd7cb34e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07c2827a133747c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R579d0d9ad9464b05" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra12f71aed54c4588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref83c95973c24c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55217687a388482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e2253eef8ac48f5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>