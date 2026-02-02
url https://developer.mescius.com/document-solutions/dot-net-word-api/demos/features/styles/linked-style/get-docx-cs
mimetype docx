--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f5a1c349a114136" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re47991cf99c842f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R49f26a61fb334847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c4bc6e61e784768" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0d3a9e76b5c42de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6560698a20a74f54" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra12f71aed54c4588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref83c95973c24c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55217687a388482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e2253eef8ac48f5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94e521dd40864fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1d409b4a5bcd464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd3c4700192af43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7c55c677d7734424" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>