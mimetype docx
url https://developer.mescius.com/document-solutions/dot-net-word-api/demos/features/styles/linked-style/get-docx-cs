--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c4bc6e61e784768" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0d3a9e76b5c42de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6560698a20a74f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R356f1fac11254b8c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R59e84ddc050a4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R706d302aedbf4ec0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94e521dd40864fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1d409b4a5bcd464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd3c4700192af43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7c55c677d7734424" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd880023755294485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8615f8557ca04f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdee7b6d1f4f14563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbd9e429623f84b08" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>