--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R356f1fac11254b8c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R59e84ddc050a4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R706d302aedbf4ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R43293321b3644557" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2dc6c76fe2284520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb89cbfbe9d654acd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Linked Style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is formatted with a linked style that is applied to the whole paragraph as a paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this paragraph, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Linked Style Char"/>
         </w:rPr>
         <w:t>this run is formatted with the same linked style applied to the run as a character style.</w:t>
@@ -785,51 +785,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd880023755294485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8615f8557ca04f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdee7b6d1f4f14563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbd9e429623f84b08" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad3acbd8ff274fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f253377fbcb45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1444c950b99f461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd8aa57694a334531" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>