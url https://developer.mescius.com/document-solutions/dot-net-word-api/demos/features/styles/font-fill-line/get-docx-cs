--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R338a82fc893d4258" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0e3e5a98bbf481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1a1d2d490cf4600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R197cdf19e384451a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R97d99d6a5bf84d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R15f1665cb909473d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rac60cd7b627d4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R093a6ff0207c49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racaa06b65c4d42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1503b24071aa426f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76b7e18a9b7747f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50673b15c08146d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R10257da2f96a4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb270fad539c74d36" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>