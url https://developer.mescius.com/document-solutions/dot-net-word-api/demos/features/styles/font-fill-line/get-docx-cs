--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R197cdf19e384451a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R97d99d6a5bf84d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R15f1665cb909473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc225167015ea4858" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8182d36c708c4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd2163464ec9745ec" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76b7e18a9b7747f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50673b15c08146d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R10257da2f96a4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb270fad539c74d36" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rac0f77f6bd6a4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0747d676bafa4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7995f458d6f54af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra256c7d0e6ba4476" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>