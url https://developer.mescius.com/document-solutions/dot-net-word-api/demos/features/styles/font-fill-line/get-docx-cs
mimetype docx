--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc225167015ea4858" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8182d36c708c4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd2163464ec9745ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R467a94e3a5874e7b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcbbd55a803d747a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Refd799b0117c4ede" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rac0f77f6bd6a4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0747d676bafa4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7995f458d6f54af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra256c7d0e6ba4476" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R04630dc78b87436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e385f8e056a46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20e195ecd77c4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R545bfd4c555e4f53" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>