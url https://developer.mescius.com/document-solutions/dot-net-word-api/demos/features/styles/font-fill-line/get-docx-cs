--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R467a94e3a5874e7b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcbbd55a803d747a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Refd799b0117c4ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re401ea42f0cd464f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf17704abf814a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf694c24cbca24a1c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R04630dc78b87436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e385f8e056a46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20e195ecd77c4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R545bfd4c555e4f53" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4419d73b210d4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53a69c6335f54d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfd120143f8384c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R52dee733a35f4f6e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>