--- v4 (2025-12-14)
+++ v5 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re401ea42f0cd464f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf17704abf814a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf694c24cbca24a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea5c6bab93c04b15" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ea3bb21fd9e46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1332b6e0b49342bf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4419d73b210d4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53a69c6335f54d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfd120143f8384c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R52dee733a35f4f6e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdcdf66a1905f4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b5df3ba04b947af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdb90ce8a2df94180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R84713a68037b44c3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>