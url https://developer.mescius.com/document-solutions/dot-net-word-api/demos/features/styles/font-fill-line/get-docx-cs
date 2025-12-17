--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea5c6bab93c04b15" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ea3bb21fd9e46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1332b6e0b49342bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbd1139128160469b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfffcdc823df34ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R777ea0384b1c4b10" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdcdf66a1905f4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b5df3ba04b947af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdb90ce8a2df94180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R84713a68037b44c3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R38f80ba5a3b8428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfe88f34e493545f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd0541e0f8a3841e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe63fa08479e4d10" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>