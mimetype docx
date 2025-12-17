--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbd1139128160469b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfffcdc823df34ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R777ea0384b1c4b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd4dbd8bd04ee457e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd559ab5f4d14147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra1f8a915c5c64396" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R38f80ba5a3b8428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfe88f34e493545f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd0541e0f8a3841e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe63fa08479e4d10" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd533c4c92d8f4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb764ba2f3f7442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbcd9a3aa11dd4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc06cc1eeef2d4995" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>