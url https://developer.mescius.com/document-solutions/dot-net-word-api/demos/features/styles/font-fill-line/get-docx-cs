--- v7 (2025-12-17)
+++ v8 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd4dbd8bd04ee457e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd559ab5f4d14147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra1f8a915c5c64396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8113f53211d04b16" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd27e7dacb24c45d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a636f06429546aa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd533c4c92d8f4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb764ba2f3f7442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbcd9a3aa11dd4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc06cc1eeef2d4995" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b440cda8b4441d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rae6fb25e59524a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1458efe563e04ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42e9188837694f3e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>