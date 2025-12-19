--- v8 (2025-12-18)
+++ v9 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8113f53211d04b16" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd27e7dacb24c45d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a636f06429546aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R507d9adde0ed488d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8e8862f1b1c44c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34fcd33c284b411a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b440cda8b4441d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rae6fb25e59524a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1458efe563e04ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42e9188837694f3e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1d1b95f56d0a4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R93f2cdb0301e46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2413b9bced554f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R812a102090164426" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>