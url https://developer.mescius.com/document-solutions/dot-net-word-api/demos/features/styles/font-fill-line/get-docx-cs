--- v9 (2025-12-19)
+++ v10 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R507d9adde0ed488d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8e8862f1b1c44c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34fcd33c284b411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35981fa76d2f44ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R48e48ebc31994756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c1f0667547342ee" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1d1b95f56d0a4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R93f2cdb0301e46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2413b9bced554f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R812a102090164426" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcb3a062de6f648c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R70a27f0c0eb14515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R458cc8e42fe84f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re9d23b2d01674034" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>