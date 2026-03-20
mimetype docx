--- v10 (2026-02-02)
+++ v11 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35981fa76d2f44ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R48e48ebc31994756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c1f0667547342ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3859c925dbce47e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3ae301bc2d194084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd503079c4ad64935" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:t>Font Fill and Line styles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcb3a062de6f648c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R70a27f0c0eb14515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R458cc8e42fe84f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re9d23b2d01674034" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f8ae8cdc7a541a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66b8b01847184e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0b64b399864d479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R155078c86a0244f6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>