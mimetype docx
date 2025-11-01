--- v0 (2025-11-01)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R692af0fed39b4c01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R835b3c1354e140ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1dcee15ca37745e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4a9937597b0845ea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfec0b80fd9fd4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7ea27c3a5d7a48d0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f1c3c2c73a848e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R382e911ba1a54e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5724c567c1be44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R102572cf9f11415c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ed135c0318b4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb4a7879a506f40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9be53e26460c40f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00fad6f423724ef8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>