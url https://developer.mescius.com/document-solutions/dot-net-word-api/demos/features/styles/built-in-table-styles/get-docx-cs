--- v1 (2025-11-01)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4a9937597b0845ea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfec0b80fd9fd4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7ea27c3a5d7a48d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb09ae4b4e00446b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R087950dd8078423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R94b18ce97f2a46b7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ed135c0318b4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb4a7879a506f40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9be53e26460c40f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00fad6f423724ef8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra854df717ea14caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1dabc023bc34113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5620d257cf346c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra579fcf480eb46d1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>