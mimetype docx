--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb09ae4b4e00446b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R087950dd8078423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R94b18ce97f2a46b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4f50ee101444cd2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf1297a2d5ac6415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbe843f1da82e4b49" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra854df717ea14caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1dabc023bc34113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5620d257cf346c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra579fcf480eb46d1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra27a856cd62444c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R664ea0d337c0473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R315747dc60df4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8fcc226d7daf4e2f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>