--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4f50ee101444cd2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf1297a2d5ac6415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbe843f1da82e4b49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R022a0b62d8be4a67" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R496e75e4ff314064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R380eb06d6ed8485f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra27a856cd62444c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R664ea0d337c0473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R315747dc60df4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8fcc226d7daf4e2f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R526c91ec7c794e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fd6734ce6064a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c6a4271f8ae46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R67d9df9891f84d33" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>