--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R022a0b62d8be4a67" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R496e75e4ff314064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R380eb06d6ed8485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65499527d30c4b91" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re01c7b1620b44e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5376c680f1e2482d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R526c91ec7c794e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fd6734ce6064a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c6a4271f8ae46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R67d9df9891f84d33" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3696d5c25b3846ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05b8a2840ab04541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R966f5555384549d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1abffb56a3344d22" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>