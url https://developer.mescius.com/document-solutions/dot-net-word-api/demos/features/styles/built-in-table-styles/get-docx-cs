--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65499527d30c4b91" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re01c7b1620b44e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5376c680f1e2482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re1c1601a98ac471a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcb2f88c262064152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3df8bba6001d4717" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3696d5c25b3846ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05b8a2840ab04541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R966f5555384549d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1abffb56a3344d22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc3c098a79ffb4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6066f0c937c24f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf8aaaabe07594667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2eebcd5852da416f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>