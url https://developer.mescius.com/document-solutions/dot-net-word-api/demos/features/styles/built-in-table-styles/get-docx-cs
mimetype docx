--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re1c1601a98ac471a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcb2f88c262064152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3df8bba6001d4717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4993efac1d8458d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re503ed7fe2214793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c940705c38344c8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc3c098a79ffb4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6066f0c937c24f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf8aaaabe07594667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2eebcd5852da416f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3bc043c58fe4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd0b7a8766e3845a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2bb6c2948b6746de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R33d77e0c09c5407d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>