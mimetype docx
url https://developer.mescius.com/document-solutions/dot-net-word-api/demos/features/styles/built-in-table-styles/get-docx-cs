--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4993efac1d8458d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re503ed7fe2214793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c940705c38344c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72b81cb8cf1f41fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74e1723a9a024c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe99786d53c040ae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3bc043c58fe4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd0b7a8766e3845a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2bb6c2948b6746de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R33d77e0c09c5407d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9bbc29be51fe475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R70334e2058894c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcac62770621f4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9e8bcbc961941a0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>