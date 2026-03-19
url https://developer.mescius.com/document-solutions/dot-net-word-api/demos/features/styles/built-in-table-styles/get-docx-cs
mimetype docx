--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72b81cb8cf1f41fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74e1723a9a024c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe99786d53c040ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6deb0a0c442d473f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R536a8ceeec7a4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3f4c3eae2d5d4b02" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9bbc29be51fe475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R70334e2058894c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcac62770621f4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9e8bcbc961941a0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c5798cc5d914fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63b5f8615819466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe488c98241b4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9467464cf634a0d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>