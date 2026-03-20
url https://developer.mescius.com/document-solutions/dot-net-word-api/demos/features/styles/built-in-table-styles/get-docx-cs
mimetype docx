--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6deb0a0c442d473f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R536a8ceeec7a4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3f4c3eae2d5d4b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10e4fdf5b8e2489a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80896fbfc245462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfc81bf6830524c2d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c5798cc5d914fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63b5f8615819466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe488c98241b4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9467464cf634a0d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6546f215e63044ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R914c2bde9f6f4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7c7d787324d84f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9bf8fd97cc64d1b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>