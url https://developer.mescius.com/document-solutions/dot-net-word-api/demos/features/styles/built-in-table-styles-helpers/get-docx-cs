--- v0 (2025-11-06)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19ffe914985f49e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R39522eca28204d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0ab3994a844b4de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce13f28dd62f494f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1be19e69f4b74463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rff04ddedff0247e0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R81d15cdd0f3347e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40d9f3cd7bc94be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf21d5246cb784392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ed40aef75ff4fea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdca0a63519664a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree642bac17de4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23a98f7096ea4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3ccffd73516644e5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>