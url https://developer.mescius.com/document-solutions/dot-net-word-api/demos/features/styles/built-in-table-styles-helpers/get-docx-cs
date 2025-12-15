--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce13f28dd62f494f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1be19e69f4b74463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rff04ddedff0247e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8776378136be4e2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7888966a8a5f4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97503bdcf1ad4706" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdca0a63519664a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree642bac17de4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23a98f7096ea4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3ccffd73516644e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ba626b9f1334845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R42b07c4c648f40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3828e409a3c147a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf892fb33e3f34310" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>