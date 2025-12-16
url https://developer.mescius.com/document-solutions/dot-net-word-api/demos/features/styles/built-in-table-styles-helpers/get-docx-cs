--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8776378136be4e2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7888966a8a5f4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97503bdcf1ad4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra77457be63854f71" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5598ebad2c9c4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5086671d16d24c7d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ba626b9f1334845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R42b07c4c648f40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3828e409a3c147a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf892fb33e3f34310" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9bfed8211c784bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2df64d21cf0b4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R385450e482564b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d30f1e1a0894103" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>