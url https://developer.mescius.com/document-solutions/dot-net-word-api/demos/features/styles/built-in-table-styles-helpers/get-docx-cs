--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra77457be63854f71" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5598ebad2c9c4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5086671d16d24c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5405a1f95974abd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R450d31420e9646eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2577ebec965648e7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9bfed8211c784bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2df64d21cf0b4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R385450e482564b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d30f1e1a0894103" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R332d00e84f4d47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce223d243fe74223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R433a61b9ce2b4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R576b811cbc064acc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>