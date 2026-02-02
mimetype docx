--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5405a1f95974abd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R450d31420e9646eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2577ebec965648e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96939724c3474955" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2b5641447f54c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ad9980ff20a4c4d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R332d00e84f4d47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce223d243fe74223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R433a61b9ce2b4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R576b811cbc064acc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfaca32c6601940d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R002a25ac41c04491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra8bbaf65269b4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7f27be247000461f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>