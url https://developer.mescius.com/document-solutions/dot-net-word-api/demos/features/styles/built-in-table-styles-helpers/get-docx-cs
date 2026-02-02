--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96939724c3474955" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2b5641447f54c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ad9980ff20a4c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a1215cd10324465" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a21617e9d4842ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R05a9a87ab5fb47ed" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfaca32c6601940d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R002a25ac41c04491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra8bbaf65269b4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7f27be247000461f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbbbdaa3a8214a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R610f85bfe8014ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37412338ba514d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6bdff2f5f7b74159" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>