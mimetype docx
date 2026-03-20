--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a1215cd10324465" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a21617e9d4842ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R05a9a87ab5fb47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9ee7d62271d4efc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7707f48a4d0844ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd0196b4aaef74226" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbbbdaa3a8214a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R610f85bfe8014ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37412338ba514d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6bdff2f5f7b74159" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb90aa93017e4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebcb21350b094dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb15ec92260ca40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05bd65901fb74f80" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>