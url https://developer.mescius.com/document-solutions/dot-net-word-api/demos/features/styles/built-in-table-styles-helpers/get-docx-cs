--- v7 (2026-03-20)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9ee7d62271d4efc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7707f48a4d0844ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd0196b4aaef74226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc4d562d82694686" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R482266fc0e374d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c777549f9e74ec2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb90aa93017e4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebcb21350b094dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb15ec92260ca40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05bd65901fb74f80" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd3897a59574e4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R153e00a0ff2943d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb876e18717b468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re1239da2edb9450c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>