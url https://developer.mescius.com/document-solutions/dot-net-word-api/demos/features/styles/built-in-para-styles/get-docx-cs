--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4a78e4f1b1b947d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R33b45fdd8eca40e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5898894bb2304c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra683cd7ab9064b4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb2fabf060c9648e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdc3cd143d4a94461" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra8dae42d12c04213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R96db8716a88644cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9814042eabcb42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5df510f6799746fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R17cdbd97adb9407c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfa528ac551114a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3276eda4737345cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7860001c9f254f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R83b057ae40de44bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c374dee82e04319" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>