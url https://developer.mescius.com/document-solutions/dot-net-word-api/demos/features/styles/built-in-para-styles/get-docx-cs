--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra683cd7ab9064b4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb2fabf060c9648e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdc3cd143d4a94461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf702f00d5ee140a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R24c9704d133f4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R03efa158f56c41c5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfa528ac551114a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3276eda4737345cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7860001c9f254f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R83b057ae40de44bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c374dee82e04319" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6405d22cbb08459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R91e7696c5827433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R32fb08c978b34efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8cdc61d09d17443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd22e8e0d514c4127" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>