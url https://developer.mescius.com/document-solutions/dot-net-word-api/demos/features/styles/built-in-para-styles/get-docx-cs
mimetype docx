--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf702f00d5ee140a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R24c9704d133f4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R03efa158f56c41c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ce6da737b054c05" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R163b18df532340de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67ef797f36a34955" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6405d22cbb08459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R91e7696c5827433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R32fb08c978b34efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8cdc61d09d17443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd22e8e0d514c4127" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfba52536e2f948db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9e86b87f4cc445d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6221ee159e08486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R37f9672b8b394d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra4379b78fc604463" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>