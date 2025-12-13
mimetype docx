--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ce6da737b054c05" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R163b18df532340de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67ef797f36a34955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd8498502fb77427f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R87f5e0dbe69b4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbafdf6c93c72452f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfba52536e2f948db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9e86b87f4cc445d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6221ee159e08486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R37f9672b8b394d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra4379b78fc604463" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96630045c4f84d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rae2397a9757c46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5a26faabf494fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re0e72bd0dc084c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfcdb4274f3734e41" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>