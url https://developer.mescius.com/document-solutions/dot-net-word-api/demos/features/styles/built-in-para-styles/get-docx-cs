--- v4 (2025-12-13)
+++ v5 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd8498502fb77427f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R87f5e0dbe69b4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbafdf6c93c72452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R064429359a094004" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40e947341ecf413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b30bc8f3b1c4edd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96630045c4f84d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rae2397a9757c46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5a26faabf494fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re0e72bd0dc084c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfcdb4274f3734e41" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R798bf6f072984de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R344bf1695fc44082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43b783990651479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd302dfc03e1e4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a34c8738e034f21" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>