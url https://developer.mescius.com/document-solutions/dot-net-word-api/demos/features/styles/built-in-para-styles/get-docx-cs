--- v5 (2025-12-14)
+++ v6 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R064429359a094004" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40e947341ecf413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b30bc8f3b1c4edd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5798a13a7544255" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9821cbf1fcc64e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R56441df44db84637" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R798bf6f072984de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R344bf1695fc44082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43b783990651479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd302dfc03e1e4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a34c8738e034f21" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47a73f05c6af4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbff57ce7bc854a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R557a2078ab304f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R21fe3855c16e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf00f155e6e2a47ea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>