--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5798a13a7544255" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9821cbf1fcc64e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R56441df44db84637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R393b32081a254970" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reaf08862339248c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4d7d7d3c1204453e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47a73f05c6af4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbff57ce7bc854a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R557a2078ab304f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R21fe3855c16e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf00f155e6e2a47ea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86a436cda74f4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re46809a53bb34652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R545c1fb62e424b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8b33bf98b7f8446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc94ff94b94d24388" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>