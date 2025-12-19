--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R393b32081a254970" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reaf08862339248c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4d7d7d3c1204453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35439918d992467c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d1883b717944cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2626a46ea740473d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86a436cda74f4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re46809a53bb34652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R545c1fb62e424b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8b33bf98b7f8446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc94ff94b94d24388" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4f89968111d46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40424214827644ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0a3c370c335640f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R708f26dd1d6146a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R62aa94d03dcb43f3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>