--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35439918d992467c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d1883b717944cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2626a46ea740473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref7b1cc9e7c24f51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re02d0d540b35424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R109edbf1ecce4419" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4f89968111d46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40424214827644ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0a3c370c335640f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R708f26dd1d6146a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R62aa94d03dcb43f3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd907860c25244553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2de1c86e67764a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa3d2aaf7d344a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9c73a94b0c9c40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7cee262ad3224a3d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>