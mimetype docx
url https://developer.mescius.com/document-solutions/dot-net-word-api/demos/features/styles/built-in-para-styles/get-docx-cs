--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref7b1cc9e7c24f51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re02d0d540b35424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R109edbf1ecce4419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf69e93d2a1444590" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc64a8aa4502e42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R07f2f9d710e54821" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd907860c25244553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2de1c86e67764a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa3d2aaf7d344a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9c73a94b0c9c40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7cee262ad3224a3d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc0acfd5c644b4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree9601a66a3648ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf2640fa819ed484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb872f2b03b7245ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1e31f2b816b24cf4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>