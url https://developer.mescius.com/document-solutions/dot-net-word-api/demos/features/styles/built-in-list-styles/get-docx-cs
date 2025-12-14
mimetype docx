--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8c3d886a649d46fe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c9e355bc3744f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2f4cdddc2ff7478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b40532115594839" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra51de692bcb8487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b08b9cb052e49dc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb8634e3510a541fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re730ced6852542f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R127102e59c2a4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R58c453914df7434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf9456ee1b6d42ed" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4eb7e16fbfdf46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R99e7138bb63d435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc3b6fda43acb4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R481cc54147f7469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71f8d0724f2d42e7" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>