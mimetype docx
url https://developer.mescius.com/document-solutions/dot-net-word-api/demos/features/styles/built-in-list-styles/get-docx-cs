--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b40532115594839" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra51de692bcb8487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b08b9cb052e49dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8ae3542b73cc4185" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1855abe8ba5b4151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a142b200e8c4a53" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4eb7e16fbfdf46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R99e7138bb63d435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc3b6fda43acb4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R481cc54147f7469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71f8d0724f2d42e7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R362897d33b044ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R75594891b3e945f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R511c5be3a41544f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra6a834447b664d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c492cfe1b5442f4" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>