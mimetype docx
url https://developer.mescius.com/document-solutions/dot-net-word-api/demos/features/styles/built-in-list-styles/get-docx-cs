--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8ae3542b73cc4185" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1855abe8ba5b4151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a142b200e8c4a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ddf6eecb6764927" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R30f4342499654808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rddc9ff6b6a5f4a31" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R362897d33b044ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R75594891b3e945f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R511c5be3a41544f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra6a834447b664d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c492cfe1b5442f4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86f754b4d4c048a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R95435f1380254704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raba2c5bc799e4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd1a12a8a45ba495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R058d88a37e2e489d" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>