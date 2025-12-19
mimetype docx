--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ddf6eecb6764927" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R30f4342499654808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rddc9ff6b6a5f4a31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3c2f1fa03414477" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re2caaa1611c64464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0411b0916fc34859" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86f754b4d4c048a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R95435f1380254704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raba2c5bc799e4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd1a12a8a45ba495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R058d88a37e2e489d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R75c111e1fbfd4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3c432e69aa4f4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rccde6e4399854c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R75f867c306334449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R332f0c2eaa734cf0" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>