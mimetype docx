--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3c2f1fa03414477" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re2caaa1611c64464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0411b0916fc34859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ca4296387eb458f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4af3dcac76c84961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a6771f005f94dc9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R75c111e1fbfd4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3c432e69aa4f4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rccde6e4399854c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R75f867c306334449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R332f0c2eaa734cf0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R855069de1ed04af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0495582ba2684b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re15f26bc63a3412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R36d9edb0e9d140fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05483a0530c84a43" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>