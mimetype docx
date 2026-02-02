--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ca4296387eb458f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4af3dcac76c84961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a6771f005f94dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R262ef4c334a74ee2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf8dbeeed8f44fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1333f91d3b1480b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R855069de1ed04af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0495582ba2684b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re15f26bc63a3412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R36d9edb0e9d140fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05483a0530c84a43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43c04d2b48674f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb165c193dd174e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e81a926fb624390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6d83f7458f3a4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe39ff9de88f4efe" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>