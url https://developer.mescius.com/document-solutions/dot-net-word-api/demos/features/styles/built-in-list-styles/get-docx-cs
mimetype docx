--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R262ef4c334a74ee2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf8dbeeed8f44fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1333f91d3b1480b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Radc8ba291bb24b73" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R03f9496d71d244b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b20b3769e154ed5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in List Templates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>List formatted using built-in list template 'listTemplate0':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -5105,51 +5105,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43c04d2b48674f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb165c193dd174e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e81a926fb624390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6d83f7458f3a4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe39ff9de88f4efe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad0e6bd00cef42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbdacaa48f3a848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95253c96fe334f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R230da03212e44f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R171a8931181f4dac" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>