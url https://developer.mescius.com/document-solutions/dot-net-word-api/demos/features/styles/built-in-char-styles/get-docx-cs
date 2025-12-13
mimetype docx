--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1080fe7ff089487e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50b998863ed34fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4e7e4bebac55454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc2979b36b4d74af4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e82b5f0a3a948c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5da05e8ff584325" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47c0a54da2cc4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66dbbf9e10dd448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd910b05ebbdf4e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6fd395d435274f32" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6c7a34ce1ffc4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb56e88c714d44f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2624076736249f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c5a534af32c4333" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>