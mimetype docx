--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc2979b36b4d74af4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e82b5f0a3a948c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5da05e8ff584325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3498947feb29432c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R375e2b0424c147e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3509531ec6db4a5a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6c7a34ce1ffc4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb56e88c714d44f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2624076736249f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c5a534af32c4333" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R093bdcf881da4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e10451eb4e94f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4ca2b21941e54238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2a34065d2b174a48" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>