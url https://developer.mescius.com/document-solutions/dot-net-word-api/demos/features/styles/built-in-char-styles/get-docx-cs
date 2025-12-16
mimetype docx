--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3498947feb29432c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R375e2b0424c147e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3509531ec6db4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re42bdb62b0874a18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R55253b4215c842b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra665c2f1bbc74fd7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R093bdcf881da4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e10451eb4e94f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4ca2b21941e54238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2a34065d2b174a48" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R92b3a7015ef6483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfc1a720c1de445c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R578890e23b0942e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36b9e00a08f9439b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>