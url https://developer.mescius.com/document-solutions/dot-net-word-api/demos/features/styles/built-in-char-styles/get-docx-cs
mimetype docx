--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re42bdb62b0874a18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R55253b4215c842b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra665c2f1bbc74fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c356eaf9ac94aee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7610b5337cd7475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc503ce0d098a4cc4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R92b3a7015ef6483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfc1a720c1de445c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R578890e23b0942e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36b9e00a08f9439b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Radf0c8ced56b4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R74aefb44a7a147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R681f4a8363254e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb4d211d87374def" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>