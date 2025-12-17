--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c356eaf9ac94aee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7610b5337cd7475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc503ce0d098a4cc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f4ca6d519a24ec0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea820bfdd1014ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c4ea2bc6c314752" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Radf0c8ced56b4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R74aefb44a7a147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R681f4a8363254e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb4d211d87374def" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9dae91e5e5f40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7e59944635d4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R724e649c9cc6451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rced5142963d74253" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>