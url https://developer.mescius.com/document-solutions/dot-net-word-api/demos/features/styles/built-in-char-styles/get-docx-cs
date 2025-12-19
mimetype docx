--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f4ca6d519a24ec0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea820bfdd1014ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c4ea2bc6c314752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbad48f4f197f4db7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4c0138ec74424be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1c400c3e510144c4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9dae91e5e5f40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7e59944635d4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R724e649c9cc6451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rced5142963d74253" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb343d5ac1f414190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9b1b4b7f40a14ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf3b4d5db985145a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5db3742de52640ed" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>