--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbad48f4f197f4db7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4c0138ec74424be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1c400c3e510144c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra6ecac9c228e48b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9d10d927ccaa4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdfdce569f7a04fdb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb343d5ac1f414190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9b1b4b7f40a14ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf3b4d5db985145a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5db3742de52640ed" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9617b046c834956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R74744aa6a97f4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5afd3135a986436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdbe143bb25d248e8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>