--- v7 (2026-02-02)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra6ecac9c228e48b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9d10d927ccaa4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdfdce569f7a04fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f94bb8971834734" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7108b785d67344b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0a26b0498da40df" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Character Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="UnresolvedMention"/>
         </w:rPr>
         <w:t>Text formatted using built-in character style 'Unresolved Mention'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
@@ -1078,51 +1078,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9617b046c834956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R74744aa6a97f4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5afd3135a986436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdbe143bb25d248e8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8c85129ced0f4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5c62eedfd1b4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R31fa40ec47f44557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R45381c4112c7437e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>