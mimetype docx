--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R508ba9199c404fa7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda59d53deb34440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra92c743afc2f43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa84e4e64c594adf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b088320f2214c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R11bc7c1d585943d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R87fb1db84af44b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9cae1750a784400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R083600c4e5b9418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71d46c8f1a4649b2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd174f320a90d4bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb75894154444f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R42d2b24bacde4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ceed3c7028a420e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>