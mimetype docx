--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa84e4e64c594adf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b088320f2214c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R11bc7c1d585943d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf76b7d596ea74cd2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9b66e4f700af4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd73be66afe7448ad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd174f320a90d4bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb75894154444f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R42d2b24bacde4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ceed3c7028a420e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd56e81aef1b64c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R849f22d7e4e543a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R68f53d5756b64e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9c62cfb84eb64645" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>