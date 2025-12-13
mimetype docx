--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf76b7d596ea74cd2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9b66e4f700af4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd73be66afe7448ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re82b3d98e5a242e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6ae143bdf37e48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b59e507af9c457b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd56e81aef1b64c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R849f22d7e4e543a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R68f53d5756b64e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9c62cfb84eb64645" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3765fe4d7ef498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R509c16ce4af84c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R170f0a81be4d45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb2db3927d05f4a2e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>