--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re82b3d98e5a242e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6ae143bdf37e48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b59e507af9c457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re333f5c90c454404" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rece9aae1021c4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R04021b2a0a4b4082" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3765fe4d7ef498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R509c16ce4af84c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R170f0a81be4d45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb2db3927d05f4a2e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33104b638a084bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R635a8eb4f0b44772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce93f00e161b46ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9e512b1f25fa44e6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>