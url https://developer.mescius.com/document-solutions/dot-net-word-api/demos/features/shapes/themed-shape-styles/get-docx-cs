--- v4 (2025-12-14)
+++ v5 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re333f5c90c454404" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rece9aae1021c4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R04021b2a0a4b4082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b494d0512fb496a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree9ec04734f7483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1672c1179e5e46ce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33104b638a084bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R635a8eb4f0b44772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce93f00e161b46ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9e512b1f25fa44e6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7407a3d86b894f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7668adb20b58498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfffac0f9172c40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34c578a2b7cc451c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>