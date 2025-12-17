--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b494d0512fb496a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree9ec04734f7483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1672c1179e5e46ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5c0ef2e0b964a22" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R891047c2602d452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd9153eea4e7b48a5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7407a3d86b894f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7668adb20b58498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfffac0f9172c40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34c578a2b7cc451c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf6206da1e6d4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18c50d647dee4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4e3642658236468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ec017c818f644d6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>