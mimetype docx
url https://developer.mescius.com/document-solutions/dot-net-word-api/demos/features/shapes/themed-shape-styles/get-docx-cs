--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5c0ef2e0b964a22" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R891047c2602d452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd9153eea4e7b48a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9113a84319d4aa5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R863afb1f42414acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf02af0754d54728" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf6206da1e6d4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18c50d647dee4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4e3642658236468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ec017c818f644d6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Recd23b993c1d412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Red41b5eb18ad4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb25e049e19b465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20fdfe82dd6a4ef1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>