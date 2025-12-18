--- v7 (2025-12-17)
+++ v8 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9113a84319d4aa5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R863afb1f42414acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf02af0754d54728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb4dd91d82364259" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ac205ffc65e4c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c32628c620a4c32" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Recd23b993c1d412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Red41b5eb18ad4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb25e049e19b465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20fdfe82dd6a4ef1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4eb1be6d91164671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R65b1286204184305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d3b47edcc054937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb1543c7d311146ae" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>