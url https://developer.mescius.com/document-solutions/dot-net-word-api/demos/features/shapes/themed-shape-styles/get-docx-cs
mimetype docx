--- v8 (2025-12-18)
+++ v9 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb4dd91d82364259" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ac205ffc65e4c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c32628c620a4c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcb81ad46c49c4e11" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd3c044db9ad4452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6e2376f78a744289" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4eb1be6d91164671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R65b1286204184305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d3b47edcc054937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb1543c7d311146ae" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb636d115e1064d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R65135dd0ce3344df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04fad52b63034a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R45f2ab2b4b864bf7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>