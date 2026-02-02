--- v9 (2025-12-19)
+++ v10 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcb81ad46c49c4e11" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd3c044db9ad4452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6e2376f78a744289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R049f74e293fc4c47" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R79a514913d814471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re38a4da4ff09419a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb636d115e1064d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R65135dd0ce3344df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04fad52b63034a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R45f2ab2b4b864bf7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R828d20b8e1344668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4a37fcc24a04df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95be4b8e7db04b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9a01fe26d53c43d1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>