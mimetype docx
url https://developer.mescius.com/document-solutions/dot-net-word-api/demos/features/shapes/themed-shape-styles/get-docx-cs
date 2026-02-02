--- v10 (2026-02-02)
+++ v11 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R049f74e293fc4c47" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R79a514913d814471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re38a4da4ff09419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9074e5d601f4495c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8342d29280f94734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R42187346cdfa4b16" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R828d20b8e1344668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4a37fcc24a04df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95be4b8e7db04b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9a01fe26d53c43d1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R13219362567348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf870e475cbc44fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R68b44896c9134995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R75f401488bdf4d9d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>