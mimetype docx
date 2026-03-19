--- v11 (2026-02-02)
+++ v12 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9074e5d601f4495c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8342d29280f94734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R42187346cdfa4b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55014230ac9046dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R079fd5a42b3e4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc20b34d531074a1c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R13219362567348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf870e475cbc44fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R68b44896c9134995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R75f401488bdf4d9d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc29f1cdeca1243b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R397645dc61c946a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reda812a24371421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbbc36183f28b4fbe" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>