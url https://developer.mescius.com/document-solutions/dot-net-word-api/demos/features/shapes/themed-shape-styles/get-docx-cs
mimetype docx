--- v12 (2026-03-19)
+++ v13 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55014230ac9046dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R079fd5a42b3e4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc20b34d531074a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5c13f8c38b84a8f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c0dfc8c7fbf4255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6fc42f095a8448a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Themed Shape Styles (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -7674,51 +7674,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc29f1cdeca1243b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R397645dc61c946a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reda812a24371421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbbc36183f28b4fbe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R534f23fa39a348d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R570fdb881632406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9254d6b789a64c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01acf597b0db4288" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>