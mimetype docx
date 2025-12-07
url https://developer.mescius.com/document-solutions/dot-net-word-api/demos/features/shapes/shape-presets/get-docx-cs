--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R385a95aa0e914459" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bb6fcdef47040c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd4043302c97e4f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R04700374b8564585" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb06000fcc5664ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R397ac035a88e4a90" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9488374bcd2b4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3b65e53539f4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R634c15fbb4d844ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6c124d847b9b4347" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91beb827d48046a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re2a1d90fe8fc4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra431282ca7754e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2519f7a6aec74a99" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>