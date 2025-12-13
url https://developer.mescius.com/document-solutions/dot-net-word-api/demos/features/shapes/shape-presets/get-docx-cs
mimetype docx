--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R04700374b8564585" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb06000fcc5664ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R397ac035a88e4a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7709d19c7af34d1c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3212adcc052f4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7cc3536eb884459b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91beb827d48046a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re2a1d90fe8fc4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra431282ca7754e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2519f7a6aec74a99" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8925438086c342b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra3d4f13e9801403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfa3400993b1e4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94ab7da7770440f6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>