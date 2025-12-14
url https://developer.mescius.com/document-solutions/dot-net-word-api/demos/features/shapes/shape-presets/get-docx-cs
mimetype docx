--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7709d19c7af34d1c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3212adcc052f4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7cc3536eb884459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R844bea96ebd743ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R69b867bca0184355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f4a5988227547c2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8925438086c342b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra3d4f13e9801403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfa3400993b1e4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94ab7da7770440f6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R97f909d9b3a44a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47d27cebb9214c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f162cd6909348c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b3f14871e5a42cd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>