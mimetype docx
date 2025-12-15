--- v3 (2025-12-14)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R844bea96ebd743ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R69b867bca0184355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f4a5988227547c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb95d887d0dee4001" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b2e12ba7b08497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R914307cb71214e14" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R97f909d9b3a44a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47d27cebb9214c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f162cd6909348c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b3f14871e5a42cd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf496e8ecb1074b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcf4eea63b5104a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R589287aa0a374ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R61043f36cc204e9c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>