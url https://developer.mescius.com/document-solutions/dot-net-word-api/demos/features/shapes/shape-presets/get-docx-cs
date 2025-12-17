--- v4 (2025-12-15)
+++ v5 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb95d887d0dee4001" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b2e12ba7b08497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R914307cb71214e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc5063d7e7d24fde" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R69ec6c966508474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37b35efcdc994b3e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf496e8ecb1074b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcf4eea63b5104a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R589287aa0a374ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R61043f36cc204e9c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0a77e33ef772447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raed1269c5f2a4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2e684fa9339e49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5aea71edec95416f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>