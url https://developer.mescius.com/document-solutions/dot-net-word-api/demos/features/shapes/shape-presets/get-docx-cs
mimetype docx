--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc5063d7e7d24fde" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R69ec6c966508474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37b35efcdc994b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R604c6bfea43943b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1097ccea24384bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd3af67c56d254809" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0a77e33ef772447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raed1269c5f2a4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2e684fa9339e49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5aea71edec95416f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5280369e9194f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rca46863722584bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8003910240db4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9178c9534c6244db" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>