--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R604c6bfea43943b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1097ccea24384bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd3af67c56d254809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf88fc8c8223140a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd34ee13cc62045e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re2bb3ca569824b91" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5280369e9194f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rca46863722584bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8003910240db4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9178c9534c6244db" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree850e13d8e346b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3bd6a55e6334450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37d34d7c16e74130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcbfe1a3ec88a46f1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>