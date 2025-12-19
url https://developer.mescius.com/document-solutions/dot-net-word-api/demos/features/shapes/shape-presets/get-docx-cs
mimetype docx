--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf88fc8c8223140a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd34ee13cc62045e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re2bb3ca569824b91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re0210ccf1dd949da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R90ae63c716fe4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R414119e0a6744f7b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree850e13d8e346b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3bd6a55e6334450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37d34d7c16e74130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcbfe1a3ec88a46f1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bf420c496074543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Red74d6cb9ec3422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R485a9c3eb0f84e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a125c375710478f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>