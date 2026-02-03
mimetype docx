--- v8 (2025-12-19)
+++ v9 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re0210ccf1dd949da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R90ae63c716fe4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R414119e0a6744f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R391322d2b8074988" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb978d09e44724a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R830c678b6e1040a0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bf420c496074543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Red74d6cb9ec3422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R485a9c3eb0f84e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a125c375710478f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb70820493b204b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rec8c24d7461e46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R969c67b1a11c412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re1b49022ffdf425f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>