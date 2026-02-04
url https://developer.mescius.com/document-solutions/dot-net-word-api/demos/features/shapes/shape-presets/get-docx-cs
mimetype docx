--- v9 (2026-02-03)
+++ v10 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R391322d2b8074988" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb978d09e44724a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R830c678b6e1040a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6119566efc64503" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R58b3c34f202f4a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2016d16e8cbf4c30" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb70820493b204b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rec8c24d7461e46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R969c67b1a11c412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re1b49022ffdf425f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re91491c4e59f4e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re430c74b51484645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15c4a25fa269406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R290560eabac4462e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>