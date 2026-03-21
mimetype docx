--- v10 (2026-02-04)
+++ v11 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6119566efc64503" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R58b3c34f202f4a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2016d16e8cbf4c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1624c88bbbb2487c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbd692f7b07dc40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R824ebecde0894f86" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re91491c4e59f4e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re430c74b51484645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15c4a25fa269406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R290560eabac4462e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda511838ad914ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1ee214a63c3644d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra43d7a2603f34a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8da10d95ce9842c8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>