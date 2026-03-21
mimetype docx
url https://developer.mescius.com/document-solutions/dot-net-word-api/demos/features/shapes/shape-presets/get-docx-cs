--- v11 (2026-03-21)
+++ v12 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1624c88bbbb2487c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbd692f7b07dc40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R824ebecde0894f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R85156510a4784351" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2f63236012e4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R653e81ac607f4488" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape presets (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -7172,51 +7172,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda511838ad914ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1ee214a63c3644d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra43d7a2603f34a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8da10d95ce9842c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rebefa159c3af4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ca278b756a14b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb334572881fa414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R820227b0bd084a30" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>