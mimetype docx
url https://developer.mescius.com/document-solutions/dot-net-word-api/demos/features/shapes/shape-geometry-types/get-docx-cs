--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7e228e6f6ac4801" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdbc042ded00f4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re229c739ea6e4020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R233cf038a8434202" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ff15b5e98db40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd48937ae81184ca8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R550f005832bb4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5428339405674b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51dfa2aabe9946fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rddcb0f06ef6f47fd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R165fb917c2e84798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebf7885316c74549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fc87d28e6184c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b2787b11e934e97" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>