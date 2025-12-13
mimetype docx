--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R233cf038a8434202" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ff15b5e98db40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd48937ae81184ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fc3d90b0c634d65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R99c16b973541486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf010c3f810a4489c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R165fb917c2e84798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebf7885316c74549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fc87d28e6184c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b2787b11e934e97" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb987fb0738084a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2aaae81706144bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6571098ad5d241dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8a7a01d2ac3f4ee5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>