--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fc3d90b0c634d65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R99c16b973541486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf010c3f810a4489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re75087d5a6db4c89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5070546e9fe54267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e5a1a67c62f41b1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb987fb0738084a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2aaae81706144bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6571098ad5d241dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8a7a01d2ac3f4ee5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4620e9019fa4ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6ab309b030a43ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raf5acdc488354494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re36e90f55bfe4186" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>