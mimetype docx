--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re75087d5a6db4c89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5070546e9fe54267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e5a1a67c62f41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R90ac5149308942e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3542bf4dd1bd4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf668d0c49355460e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4620e9019fa4ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6ab309b030a43ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raf5acdc488354494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re36e90f55bfe4186" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5fba618b078c47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66b6900ba4d34388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c2bc07dbded4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9397c3c2a04d4c23" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>