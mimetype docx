--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R90ac5149308942e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3542bf4dd1bd4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf668d0c49355460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc96c82246f54e95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R088fad7a0cbe4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra16c6a23c73a4ef9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5fba618b078c47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66b6900ba4d34388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c2bc07dbded4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9397c3c2a04d4c23" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f1b3ce115a14906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9789bc92ba0e4984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R107c29ad62204d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b30074194df4153" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>