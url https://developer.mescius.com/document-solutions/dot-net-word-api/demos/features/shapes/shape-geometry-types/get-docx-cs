--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc96c82246f54e95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R088fad7a0cbe4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra16c6a23c73a4ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce931226dc7d40f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R42467f0fada24ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb7f5ce9681754497" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f1b3ce115a14906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9789bc92ba0e4984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R107c29ad62204d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b30074194df4153" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5206f365b73543a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra028e3df12f944bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re44885525018423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55ef1a684f504704" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>