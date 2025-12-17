--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce931226dc7d40f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R42467f0fada24ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb7f5ce9681754497" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rba40f9079d0747ac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R359027b2b2464369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e2d0bef243b4d1a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5206f365b73543a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra028e3df12f944bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re44885525018423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55ef1a684f504704" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra051bb88b5cb465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R253a67a2c02d47e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdeb84989878f43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8a2549d1be66413b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>