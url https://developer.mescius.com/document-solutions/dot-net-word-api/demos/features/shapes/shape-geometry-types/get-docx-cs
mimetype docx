--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rba40f9079d0747ac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R359027b2b2464369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e2d0bef243b4d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0280318385eb4511" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa9f6c735fdb4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rac58a34595d743d8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra051bb88b5cb465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R253a67a2c02d47e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdeb84989878f43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8a2549d1be66413b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1d98e3e760884e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf12aef1017124c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46adc8b7d62f4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc3300b702d7e43e5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>