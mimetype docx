--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0280318385eb4511" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa9f6c735fdb4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rac58a34595d743d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67451fb9cf694701" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0f019bc710f4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdb95f4f029104ad1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1d98e3e760884e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf12aef1017124c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46adc8b7d62f4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc3300b702d7e43e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad340173634244cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1b84f916f834525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4ea86fcc4fa4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0798a3a218242bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>