--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67451fb9cf694701" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0f019bc710f4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdb95f4f029104ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7c7bad6974d4722" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf561cb4c40954ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9c6e8f343b74c6c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad340173634244cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1b84f916f834525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4ea86fcc4fa4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0798a3a218242bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0e41dd6bc094d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1582f9439a264db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b9a2be749c14490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86cf3847ce364b5d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>