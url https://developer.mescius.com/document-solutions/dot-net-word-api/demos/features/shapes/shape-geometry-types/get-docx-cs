--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7c7bad6974d4722" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf561cb4c40954ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9c6e8f343b74c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R94352947475d4476" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5665170f23104336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R041a878273964cd8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Shape geometry types (188)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Line"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
@@ -8522,51 +8522,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0e41dd6bc094d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1582f9439a264db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b9a2be749c14490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86cf3847ce364b5d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdecf4f727f324377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88210d9a63b54fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R03175895350546f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2b56052f039f41cf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>