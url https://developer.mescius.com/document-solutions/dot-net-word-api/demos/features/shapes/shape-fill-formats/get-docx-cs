--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8c8d10342ac34792" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R482dc34ba2ce4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd87543ae1e3d4d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R85911b3464094f66" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf85355b926c04b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d3dec979fbe490c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rf5a37e9ed6ff4182"/>
+                      <a:blip r:embed="R2054a8db1a0041a0"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R6b5a57d5c0c748f0"/>
+                      <a:blip r:embed="R58fb762e0a4b463c"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5eaff0f1f73a4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5904581ecf4e446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R395568f783c84fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf5a37e9ed6ff4182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R6b5a57d5c0c748f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1ec47963c12f42f4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reea57d8d6f934294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rac0440d1bb3f4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbff91d20845f4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2054a8db1a0041a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R58fb762e0a4b463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cb81aa2dc534b83" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>