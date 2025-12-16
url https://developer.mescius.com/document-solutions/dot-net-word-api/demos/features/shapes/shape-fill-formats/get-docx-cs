--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R85911b3464094f66" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf85355b926c04b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d3dec979fbe490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb962242e732b4d76" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b395e5599ed41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R349ba003aeed4982" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R2054a8db1a0041a0"/>
+                      <a:blip r:embed="R6927f879c85e422f"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R58fb762e0a4b463c"/>
+                      <a:blip r:embed="R66093047e02a4fc5"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reea57d8d6f934294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rac0440d1bb3f4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbff91d20845f4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2054a8db1a0041a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R58fb762e0a4b463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cb81aa2dc534b83" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6957ecfa75864fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4309ce50fae4433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb6148f883e0f4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6927f879c85e422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R66093047e02a4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra78a491ab1544719" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>