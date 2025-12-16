--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb962242e732b4d76" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b395e5599ed41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R349ba003aeed4982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2814813b7f5f4b9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcdd4ae2c25b04f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc961ac1ac26e4376" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R6927f879c85e422f"/>
+                      <a:blip r:embed="Rd9ffda1d6bf04ad6"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R66093047e02a4fc5"/>
+                      <a:blip r:embed="Rdd4b34e4de924fe2"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6957ecfa75864fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4309ce50fae4433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb6148f883e0f4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6927f879c85e422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R66093047e02a4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra78a491ab1544719" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd43cbf7c1c9343f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3f70629d64a4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re40f85c4e6814025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd9ffda1d6bf04ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rdd4b34e4de924fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34592c1a94e44a46" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>