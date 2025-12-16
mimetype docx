--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2814813b7f5f4b9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcdd4ae2c25b04f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc961ac1ac26e4376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0dd4522851134bcf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R611c1b5ad1fa4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcb92bdf42296403b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rd9ffda1d6bf04ad6"/>
+                      <a:blip r:embed="R8a192a318d5744d0"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rdd4b34e4de924fe2"/>
+                      <a:blip r:embed="R19c5d0f4418b42ed"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd43cbf7c1c9343f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3f70629d64a4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re40f85c4e6814025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd9ffda1d6bf04ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rdd4b34e4de924fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34592c1a94e44a46" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6ec918e231044f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R502f27acfc014772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcdba19c0a0de4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8a192a318d5744d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R19c5d0f4418b42ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e019c3843224f72" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>