--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0dd4522851134bcf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R611c1b5ad1fa4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcb92bdf42296403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R37d2f2a85c454a42" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7849dfd38bb144d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8469bed3c9704c73" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R8a192a318d5744d0"/>
+                      <a:blip r:embed="R7ac75dc54d1446e9"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R19c5d0f4418b42ed"/>
+                      <a:blip r:embed="R50439a5567f84b0f"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6ec918e231044f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R502f27acfc014772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcdba19c0a0de4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8a192a318d5744d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R19c5d0f4418b42ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e019c3843224f72" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4647479d826439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf78b038242c4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c9d8e28305d43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7ac75dc54d1446e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R50439a5567f84b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b07f803119e4eea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>