--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R37d2f2a85c454a42" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7849dfd38bb144d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8469bed3c9704c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f4b343b05a04818" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R457d231d1fad4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf39222197a204ad5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R7ac75dc54d1446e9"/>
+                      <a:blip r:embed="R28e296df7d4b4fe6"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R50439a5567f84b0f"/>
+                      <a:blip r:embed="R7a803caca8834f3c"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4647479d826439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf78b038242c4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c9d8e28305d43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7ac75dc54d1446e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R50439a5567f84b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b07f803119e4eea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4ba6c75ead674e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24d1ea12bdfe403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R818b0e46850b4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R28e296df7d4b4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R7a803caca8834f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R31845ff25f5b440a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>