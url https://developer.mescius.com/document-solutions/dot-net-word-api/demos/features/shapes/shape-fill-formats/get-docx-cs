--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f4b343b05a04818" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R457d231d1fad4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf39222197a204ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e0a6662627647cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d665a5855a34089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R59d4a5f2cf4f4842" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R28e296df7d4b4fe6"/>
+                      <a:blip r:embed="Rbf8842ba452949aa"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R7a803caca8834f3c"/>
+                      <a:blip r:embed="R1f7d85de530f49f8"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4ba6c75ead674e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24d1ea12bdfe403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R818b0e46850b4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R28e296df7d4b4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R7a803caca8834f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R31845ff25f5b440a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58a04d3892e64e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1d31e376692247a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R858df7636bc84256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rbf8842ba452949aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R1f7d85de530f49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdeb53730814e4e51" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>