--- v7 (2026-02-02)
+++ v8 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e0a6662627647cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d665a5855a34089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R59d4a5f2cf4f4842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98fed1b09fa244e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd1b2686344074364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0b6bf4bb297424f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rbf8842ba452949aa"/>
+                      <a:blip r:embed="R46fe851ea24c4800"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R1f7d85de530f49f8"/>
+                      <a:blip r:embed="R8474a893b9074920"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58a04d3892e64e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1d31e376692247a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R858df7636bc84256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rbf8842ba452949aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R1f7d85de530f49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdeb53730814e4e51" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cb57db7650d41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf2d3d43585614f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd4297a7fca0a46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R46fe851ea24c4800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R8474a893b9074920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rad4e88c768d84ca4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>