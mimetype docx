--- v8 (2026-03-20)
+++ v9 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98fed1b09fa244e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd1b2686344074364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0b6bf4bb297424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6358734f1851499a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18880a12bdf748f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45a29f7cbef74d17" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Fill formats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="" descr="This is shape Triangle"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
@@ -365,89 +365,89 @@
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="7" name="" descr="This is shape NonIsoscelesTrapezoid"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="nonIsoscelesTrapezoid">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R46fe851ea24c4800"/>
+                      <a:blip r:embed="R97482c9e30ae43f3"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="6A5ACD"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="3048000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="8" name="" descr="This is shape Pentagon"/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="3048000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R8474a893b9074920"/>
+                      <a:blip r:embed="Rc01fbc620d7a49c8"/>
                       <a:srcRect/>
                       <a:tile tx="0" ty="0" sx="30000" sy="25000" flip="xy" algn="tl"/>
                     </a:blipFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="000080"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                     <a:prstTxWarp prst="textNoShape"/>
                   </wps:bodyPr>
                 </wps:wsp>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="66"/>
         </w:rPr>
         <w:cr/>
         <w:cr/>
@@ -3133,51 +3133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cb57db7650d41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf2d3d43585614f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd4297a7fca0a46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R46fe851ea24c4800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R8474a893b9074920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rad4e88c768d84ca4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3ec0926327f641cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7013e77492ea4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rab3a927314114b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R97482c9e30ae43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rc01fbc620d7a49c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref183eac8e9c4674" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>