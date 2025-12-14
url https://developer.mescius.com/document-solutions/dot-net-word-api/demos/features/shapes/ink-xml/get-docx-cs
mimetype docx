--- v0 (2025-11-05)
+++ v1 (2025-12-14)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96af2445a73246ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfa123533f5604dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0bd2cef0153e4e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf41d90b0104f4240" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d37df93ea2144cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R337b9883df024fbd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R165ad98e295e4e84">
+                <w14:contentPart w14:bwMode="auto" r:id="R92960784f67d4e32">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R165ad98e295e4e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra183f71896674896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc126f6c1b7354ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R023814ecca5d4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0683e3f73f974c60" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R92960784f67d4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e0893b938a2414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32bd63da1f864362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R372e4a8c00b54fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra4e3e939be9948ee" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>