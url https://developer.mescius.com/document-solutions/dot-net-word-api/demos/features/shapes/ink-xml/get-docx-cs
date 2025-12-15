--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf41d90b0104f4240" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d37df93ea2144cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R337b9883df024fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8caa16b981940bb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbfc907576ecd464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5dbb4a8d0f3476e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R92960784f67d4e32">
+                <w14:contentPart w14:bwMode="auto" r:id="R7dda4a6f90b8435a">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R92960784f67d4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e0893b938a2414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32bd63da1f864362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R372e4a8c00b54fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra4e3e939be9948ee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R7dda4a6f90b8435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72687df70a0f46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree66f381e5c04f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca02afb13629485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raacbdc4735a64891" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>