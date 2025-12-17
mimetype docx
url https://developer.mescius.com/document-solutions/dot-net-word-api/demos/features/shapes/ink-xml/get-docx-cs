--- v2 (2025-12-15)
+++ v3 (2025-12-17)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8caa16b981940bb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbfc907576ecd464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5dbb4a8d0f3476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33dbc71cb3e74489" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R898578699d154381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf51325b111354384" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R7dda4a6f90b8435a">
+                <w14:contentPart w14:bwMode="auto" r:id="Rd8f4829aece541dc">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R7dda4a6f90b8435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72687df70a0f46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree66f381e5c04f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca02afb13629485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raacbdc4735a64891" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rd8f4829aece541dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcbaefd50c3634b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re9ec1fc7c2674396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4e4b9e84fa534a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4154d13e76be43b8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>