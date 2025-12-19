--- v3 (2025-12-17)
+++ v4 (2025-12-19)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33dbc71cb3e74489" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R898578699d154381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf51325b111354384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e25f559476143d2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re25fc14bff3d4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R359475656b4f4b20" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="Rd8f4829aece541dc">
+                <w14:contentPart w14:bwMode="auto" r:id="R750d810bcae64f6b">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rd8f4829aece541dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcbaefd50c3634b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re9ec1fc7c2674396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4e4b9e84fa534a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4154d13e76be43b8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R750d810bcae64f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4e2d962188734897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2b2cee08b76b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0afb95ede4e74a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R946eb14651be4cd4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>