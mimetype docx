--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e25f559476143d2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re25fc14bff3d4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R359475656b4f4b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7286bc1b30bc4684" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc99e82d2b2d74472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b5cdfc27941405a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R750d810bcae64f6b">
+                <w14:contentPart w14:bwMode="auto" r:id="R135bf05603d543d5">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R750d810bcae64f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4e2d962188734897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2b2cee08b76b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0afb95ede4e74a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R946eb14651be4cd4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R135bf05603d543d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74660c775de14334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3cad9e4992fc47de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5cf1144af3a34a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06bf079c08974433" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>