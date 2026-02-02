--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7286bc1b30bc4684" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc99e82d2b2d74472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b5cdfc27941405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R037b05384a284679" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb80c4f9af15f4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6be52d90142e42df" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R135bf05603d543d5">
+                <w14:contentPart w14:bwMode="auto" r:id="R724ec7623f79486c">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R135bf05603d543d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74660c775de14334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3cad9e4992fc47de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5cf1144af3a34a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06bf079c08974433" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R724ec7623f79486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6cd67b115f940e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4fbad0c356574db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R130b8d9fcf4b45e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b8ea702a9f84f37" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>