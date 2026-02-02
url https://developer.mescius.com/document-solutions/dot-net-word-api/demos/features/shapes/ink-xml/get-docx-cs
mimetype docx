--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R037b05384a284679" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb80c4f9af15f4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6be52d90142e42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8c0c9971b9d64572" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1445c8b393a4c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re085ab9e72bd4f15" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R724ec7623f79486c">
+                <w14:contentPart w14:bwMode="auto" r:id="Rc8df6f8ed79d44b2">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R724ec7623f79486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6cd67b115f940e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4fbad0c356574db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R130b8d9fcf4b45e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b8ea702a9f84f37" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rc8df6f8ed79d44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b6a12fe950942cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69b0c1f306c049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc3e2ac2fb3243ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1527ac4ee454462c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>