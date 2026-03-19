--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8c0c9971b9d64572" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1445c8b393a4c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re085ab9e72bd4f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb303daed39dc4976" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98188296e98d4bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Recc08c7eadd54fd1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="Rc8df6f8ed79d44b2">
+                <w14:contentPart w14:bwMode="auto" r:id="R254816fe06be4008">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rc8df6f8ed79d44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b6a12fe950942cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69b0c1f306c049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc3e2ac2fb3243ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1527ac4ee454462c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R254816fe06be4008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd033a0ca14e14ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2af082599a554dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9d7378b6f9449de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcffe577c95a84eec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>