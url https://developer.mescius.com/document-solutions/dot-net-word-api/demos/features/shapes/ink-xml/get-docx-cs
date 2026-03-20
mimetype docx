--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb303daed39dc4976" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98188296e98d4bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Recc08c7eadd54fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd6f45fcce3164a91" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb82dd8df3edf48a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b2aa6ab9c28482f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Paragraph containing the ink shape.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                <w14:contentPart w14:bwMode="auto" r:id="R254816fe06be4008">
+                <w14:contentPart w14:bwMode="auto" r:id="R1d3b10079eca4f72">
                   <w14:nvContentPartPr>
                     <w14:cNvContentPartPr/>
                   </w14:nvContentPartPr>
                   <w14:xfrm rot="1800000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1270000" cy="1270000"/>
                   </w14:xfrm>
                 </w14:contentPart>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>40000</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>30000</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This paragraph is added after the ink shape loaded from an XML. The ink shape's wrap type is set to Square and the shape is rotated 30 degrees clockwise. The width is 40% relative to page width sans the margins, and the height is 30% relative to page height sans the margins.</w:t>
       </w:r>
     </w:p>
@@ -605,51 +605,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R254816fe06be4008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd033a0ca14e14ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2af082599a554dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9d7378b6f9449de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcffe577c95a84eec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R1d3b10079eca4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R82a12c0bb1164580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4fa8fbf0001d4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0a6a4605622b4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf80963d9bff445f5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>