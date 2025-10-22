--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rabafb7cb965b46c2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R259951ebf1984a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re2e9d31021644b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c878c185d69407a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5c84601b01b4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc352ddfafdea412c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R23bc60c32170412d" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R4a381581adac4232" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb40325dba9c94b9b" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Re8c11653e2284cd2" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c3ad675ddae47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R35dffcafdc0748b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R521868663e6244cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R23bc60c32170412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R4a381581adac4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Recb965df4d114527" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R982c3422f7ce4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra21d3acc136a441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ab92f7d36904b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rb40325dba9c94b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Re8c11653e2284cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3423fab4e93048e2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>