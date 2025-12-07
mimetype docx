--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c878c185d69407a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5c84601b01b4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc352ddfafdea412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ccd48d8ef734c7f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raffe4085fa8249fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4341c5027f3c4bcf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb40325dba9c94b9b" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Re8c11653e2284cd2" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8ff284164b924ae1" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R80194820680f49a0" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R982c3422f7ce4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra21d3acc136a441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ab92f7d36904b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rb40325dba9c94b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Re8c11653e2284cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3423fab4e93048e2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d668a60b6864048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8edf2fe7827f47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc8ae38392c748ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R8ff284164b924ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R80194820680f49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra3fa1bae5bec4101" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>