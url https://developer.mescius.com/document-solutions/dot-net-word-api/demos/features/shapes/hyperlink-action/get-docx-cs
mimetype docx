--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ccd48d8ef734c7f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raffe4085fa8249fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4341c5027f3c4bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfcd88a4a61654180" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R951d90f65e154d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25efd6a364d24b16" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8ff284164b924ae1" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R80194820680f49a0" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rfa271c4ac25c4f09" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R019743b4e20c4f23" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d668a60b6864048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8edf2fe7827f47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc8ae38392c748ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R8ff284164b924ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R80194820680f49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra3fa1bae5bec4101" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0ba1a1be052041f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4af8f60eff9e492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea6b72a3bfcb4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rfa271c4ac25c4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R019743b4e20c4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce6967355ea04d48" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>