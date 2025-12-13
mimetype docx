--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfcd88a4a61654180" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R951d90f65e154d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25efd6a364d24b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R256918742bba4c93" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8e3d806223854843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbfd4b596ef684731" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rfa271c4ac25c4f09" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R019743b4e20c4f23" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbbabc1933da54102" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R02343c594c364b22" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0ba1a1be052041f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4af8f60eff9e492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea6b72a3bfcb4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rfa271c4ac25c4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R019743b4e20c4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce6967355ea04d48" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4b42e3e565c14488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83b1885c98e847df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R45cb34ee0c224fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rbbabc1933da54102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R02343c594c364b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c61ff4df78e4daa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>