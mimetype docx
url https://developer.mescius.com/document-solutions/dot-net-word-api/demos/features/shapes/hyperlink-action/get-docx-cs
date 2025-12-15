--- v4 (2025-12-13)
+++ v5 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R256918742bba4c93" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8e3d806223854843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbfd4b596ef684731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e327012003f40a1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R683e8ca721df4ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcfe1630911e4469b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbbabc1933da54102" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R02343c594c364b22" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf1e6c6854e0e4445" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R52f5b8af1b074657" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4b42e3e565c14488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83b1885c98e847df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R45cb34ee0c224fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rbbabc1933da54102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R02343c594c364b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c61ff4df78e4daa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1a5590c0f4e145d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f858be792234e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb753aed96e8a476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rf1e6c6854e0e4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R52f5b8af1b074657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50548848fc7d455f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>