--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e327012003f40a1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R683e8ca721df4ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcfe1630911e4469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8efbfef37009481c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c950f543a4d45ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce85558249324caf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf1e6c6854e0e4445" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R52f5b8af1b074657" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R024ff8488aa44912" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rcf45c91541ba4573" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1a5590c0f4e145d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f858be792234e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb753aed96e8a476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rf1e6c6854e0e4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R52f5b8af1b074657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50548848fc7d455f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5d407c1b1e264003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re8eba8eea7b24385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc8c33d28fc3a4887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R024ff8488aa44912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Rcf45c91541ba4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R75296e537f364b87" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>