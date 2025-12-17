--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8efbfef37009481c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c950f543a4d45ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce85558249324caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb83242af25964754" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4b7ff1448af410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5aeeb5dc8c374143" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R024ff8488aa44912" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rcf45c91541ba4573" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbe623dd3c36c4fe9" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R3905165731f34432" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5d407c1b1e264003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re8eba8eea7b24385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc8c33d28fc3a4887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R024ff8488aa44912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Rcf45c91541ba4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R75296e537f364b87" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67862b4eae3e4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R967d39b59d3b418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55a349a85c634dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rbe623dd3c36c4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R3905165731f34432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree9364062e634f53" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>