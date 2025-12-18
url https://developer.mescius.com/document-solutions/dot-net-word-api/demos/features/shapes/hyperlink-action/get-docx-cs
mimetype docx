--- v7 (2025-12-17)
+++ v8 (2025-12-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb83242af25964754" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4b7ff1448af410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5aeeb5dc8c374143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce8b7a0edc354676" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R835a2c638fd34aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9863aab2354f4f70" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbe623dd3c36c4fe9" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R3905165731f34432" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Re8d39272ee6a419a" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd8c1019b269a4f35" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67862b4eae3e4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R967d39b59d3b418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55a349a85c634dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Rbe623dd3c36c4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R3905165731f34432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree9364062e634f53" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03bd1817625d497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R71f9ad04c1934461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re43e7f8a31004c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Re8d39272ee6a419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Rd8c1019b269a4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a1ea534d4bc4bcb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>