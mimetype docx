--- v8 (2025-12-18)
+++ v9 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce8b7a0edc354676" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R835a2c638fd34aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9863aab2354f4f70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R12f9713ab8884adf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f28158f56224716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R451507c732d14b76" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Re8d39272ee6a419a" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd8c1019b269a4f35" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R08868f5d3c5d4d30" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R4097d4e0db5a4e05" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03bd1817625d497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R71f9ad04c1934461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re43e7f8a31004c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="Re8d39272ee6a419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Rd8c1019b269a4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a1ea534d4bc4bcb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R381c56fe210d4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73c4df36a4bb42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04eb07a824b44d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R08868f5d3c5d4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R4097d4e0db5a4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8602575734a34f50" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>