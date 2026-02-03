--- v9 (2025-12-19)
+++ v10 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R12f9713ab8884adf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f28158f56224716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R451507c732d14b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd08d395d9bbf4cab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ee986ca27324dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0029adc45a7c46ed" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R08868f5d3c5d4d30" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R4097d4e0db5a4e05" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R643127d33ee941d8" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R1d90b483960b4784" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R381c56fe210d4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73c4df36a4bb42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04eb07a824b44d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R08868f5d3c5d4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R4097d4e0db5a4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8602575734a34f50" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbe2cc9b9cc284405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2028027642ab40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R692f21b5b62d4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R643127d33ee941d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R1d90b483960b4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra9c0ba0d96934f32" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>