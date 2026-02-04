--- v10 (2026-02-03)
+++ v11 (2026-02-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd08d395d9bbf4cab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ee986ca27324dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0029adc45a7c46ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e47b9ef0147493d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4cdf3ba4d8494c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R231cb71d6a524ddf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R643127d33ee941d8" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R1d90b483960b4784" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R923060ca700c445f" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R56129ce00b964cb2" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbe2cc9b9cc284405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2028027642ab40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R692f21b5b62d4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R643127d33ee941d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R1d90b483960b4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra9c0ba0d96934f32" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb90915685839407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra75f48a8c0f142c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R291f782e4ce14d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R923060ca700c445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R56129ce00b964cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50efe778162e4ea6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>