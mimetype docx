--- v11 (2026-02-04)
+++ v12 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e47b9ef0147493d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4cdf3ba4d8494c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R231cb71d6a524ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e6025d84a4845d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R31965828e9ee4d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R626b3e25f47b43cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:effectExtent l="101600" t="101600" r="101600" b="101600"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R923060ca700c445f" tooltip="Go to Google Maps" highlightClick="1"/>
-              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R56129ce00b964cb2" tooltip="Just Google" highlightClick="1"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R285d68e9f53947e6" tooltip="Go to Google Maps" highlightClick="1"/>
+              <a:hlinkHover xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb5a1436a7b44480b" tooltip="Just Google" highlightClick="1"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr txBox="1"/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="pentagon">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FF7F50"/>
                     </a:solidFill>
                     <a:ln w="38100">
                       <a:solidFill>
                         <a:srgbClr val="5F9EA0"/>
                       </a:solidFill>
                     </a:ln>
                   </wps:spPr>
                   <wps:txbx id="1">
                     <w:txbxContent>
                       <w:p>
@@ -609,51 +609,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb90915685839407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra75f48a8c0f142c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R291f782e4ce14d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R923060ca700c445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="R56129ce00b964cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50efe778162e4ea6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R619808591a1142ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfe50b3fdc0eb4d6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7ecac7b5e5e94511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps" TargetMode="External" Id="R285d68e9f53947e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com" TargetMode="External" Id="Rb5a1436a7b44480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5172bb7794c04f5a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>