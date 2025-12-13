--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0209cd3c297a4dc9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R76b8b3050516414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6445572298184bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rac4b8f36bbee4291" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbc99e69830154c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75461fa9317b4e6d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R4b219b41d7b94f9d"/>
+                      <a:blip r:embed="Re1e0b14fb84b4471"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e70749319354d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R20cadc9001e84d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6caa84b5f6114513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4b219b41d7b94f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Red3e70141e8240ee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a9906fcc5ab48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R032a1c37aacb462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra84066bf20534a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re1e0b14fb84b4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c3389c53ac04f57" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>