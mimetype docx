--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rac4b8f36bbee4291" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbc99e69830154c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75461fa9317b4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39fea4c25ecc4fb3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6accaf6b40d7425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra9aebc7e13a24d8c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Re1e0b14fb84b4471"/>
+                      <a:blip r:embed="R2bce825bf28447e6"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a9906fcc5ab48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R032a1c37aacb462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra84066bf20534a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re1e0b14fb84b4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c3389c53ac04f57" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R83e1309cc9fd4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53cb80b8a1d64b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87b7d4f7f90a4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2bce825bf28447e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R032d818d67fd4614" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>