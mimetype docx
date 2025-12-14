--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39fea4c25ecc4fb3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6accaf6b40d7425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra9aebc7e13a24d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re7cba609a7c54a8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07b8e84f9a2c49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc84f719f2f014671" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R2bce825bf28447e6"/>
+                      <a:blip r:embed="Ra25bb651ccba4e86"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R83e1309cc9fd4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53cb80b8a1d64b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87b7d4f7f90a4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2bce825bf28447e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R032d818d67fd4614" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc6bab66bbe954f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0219d1f0f714420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43e26f196332468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra25bb651ccba4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rffd55de681004485" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>