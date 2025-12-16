--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re7cba609a7c54a8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07b8e84f9a2c49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc84f719f2f014671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b1572f9fd5141c7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d44266597db4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf6ed5071012e427c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Ra25bb651ccba4e86"/>
+                      <a:blip r:embed="R6e2ff41975d244ef"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc6bab66bbe954f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0219d1f0f714420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43e26f196332468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra25bb651ccba4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rffd55de681004485" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbe4d8e2e58d54fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R432f2b4d6ff34878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R59d112cbf79a41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6e2ff41975d244ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6814f9c27c214c04" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>