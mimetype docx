--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b1572f9fd5141c7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d44266597db4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf6ed5071012e427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5adf0d417e704fa7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcf358e093ec0451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R92be5f73c9254db8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R6e2ff41975d244ef"/>
+                      <a:blip r:embed="Rf7d1cc547f5946e3"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbe4d8e2e58d54fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R432f2b4d6ff34878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R59d112cbf79a41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6e2ff41975d244ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6814f9c27c214c04" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R50d245051f5849d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R627400aeca904ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R775fe05cb8024904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf7d1cc547f5946e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfbe8c9b470df411a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>