--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5adf0d417e704fa7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcf358e093ec0451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R92be5f73c9254db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fbe3ebaf3a14976" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5914115dc7f64ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbfaf343be804857" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rf7d1cc547f5946e3"/>
+                      <a:blip r:embed="Rd799af8a9dc348f4"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R50d245051f5849d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R627400aeca904ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R775fe05cb8024904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf7d1cc547f5946e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfbe8c9b470df411a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2d8a13bfc1847a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R188a602744204bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rff5cf5d1256940d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd799af8a9dc348f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R744f8ce0e6f24122" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>