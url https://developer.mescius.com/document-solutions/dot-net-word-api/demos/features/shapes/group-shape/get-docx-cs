--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fbe3ebaf3a14976" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5914115dc7f64ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbfaf343be804857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65279cf5e8a948d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bdbf5217e604547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R598f23aab4704fd6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rd799af8a9dc348f4"/>
+                      <a:blip r:embed="R0030bd2386074d2d"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2d8a13bfc1847a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R188a602744204bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rff5cf5d1256940d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd799af8a9dc348f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R744f8ce0e6f24122" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Recb990e9a39e4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5d3bb578c104e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9f8a6a297f04c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0030bd2386074d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R26b451db0b6a4cd3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>