--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65279cf5e8a948d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bdbf5217e604547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R598f23aab4704fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a7b600309b649fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2f1b1c6efd64ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R43c3083033914c04" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R0030bd2386074d2d"/>
+                      <a:blip r:embed="R33a2002fce1741de"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Recb990e9a39e4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5d3bb578c104e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9f8a6a297f04c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0030bd2386074d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R26b451db0b6a4cd3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5c568b43c7124f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd7dd1a8fec54720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R81a6eb7324e142e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R33a2002fce1741de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R661b73a8c8184f12" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>