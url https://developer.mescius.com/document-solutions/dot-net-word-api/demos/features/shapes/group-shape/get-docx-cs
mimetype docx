--- v8 (2026-02-02)
+++ v9 (2026-02-02)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a7b600309b649fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2f1b1c6efd64ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R43c3083033914c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R517d1254fb97499e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b410d1415154bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1159b08540a8447f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R33a2002fce1741de"/>
+                      <a:blip r:embed="R2a5a883616594dbf"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5c568b43c7124f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd7dd1a8fec54720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R81a6eb7324e142e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R33a2002fce1741de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R661b73a8c8184f12" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re847498b51cc4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c3235e3eb9d452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb539ca670bb14d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2a5a883616594dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4150029c7eca48da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>