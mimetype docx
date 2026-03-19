--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R517d1254fb97499e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b410d1415154bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1159b08540a8447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra206e10502954ee4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d267188147d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb2d44aec6b64973" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R2a5a883616594dbf"/>
+                      <a:blip r:embed="Rc3fd8e95962d4f82"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re847498b51cc4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c3235e3eb9d452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb539ca670bb14d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2a5a883616594dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4150029c7eca48da" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc949cd5e57a74861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra82dc2846e714af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R265a79c32c4644a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc3fd8e95962d4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R385d8ce507844eb0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>