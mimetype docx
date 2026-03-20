--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra206e10502954ee4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d267188147d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb2d44aec6b64973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbfd31dd056904a06" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb37b3a98e9314aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R91ce89a96c0a4060" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rc3fd8e95962d4f82"/>
+                      <a:blip r:embed="R8d2f3e6a377c4bd5"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc949cd5e57a74861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra82dc2846e714af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R265a79c32c4644a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc3fd8e95962d4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R385d8ce507844eb0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd9c09f07c9ae4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref4dc694094341eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R70fee5f0dfbd45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8d2f3e6a377c4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf725106ebb2844d3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>