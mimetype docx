--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5905288f5d4d448f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R210d7a86dafe4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7949ba38836c4bbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01fd7554996f46ef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2f97d398d9647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6b77c07bb745495e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R32bd63d0bb204349"/>
+                    <a:blip r:embed="R00983d4503814b72"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R32bd63d0bb204349">
+                    <a:blip r:embed="R00983d4503814b72">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7168decf207745a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1973ab499905443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8dcc7f5751734161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R32bd63d0bb204349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b8266b94ece42f5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5384d1fc76ad4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc9ada8e6ef244836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc72b491341c740cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R00983d4503814b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70dce0929d70432d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>