--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01fd7554996f46ef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2f97d398d9647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6b77c07bb745495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra9a408ff6fd64e94" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R84f90402cabd4ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7639b5b30fe468a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R00983d4503814b72"/>
+                    <a:blip r:embed="R200866538abc46fc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R00983d4503814b72">
+                    <a:blip r:embed="R200866538abc46fc">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5384d1fc76ad4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc9ada8e6ef244836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc72b491341c740cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R00983d4503814b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70dce0929d70432d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R499f0baea0e84b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rff2ec290399349fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R299d8bc5eae44a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R200866538abc46fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R15acd80051264c99" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>