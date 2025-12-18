--- v2 (2025-12-07)
+++ v3 (2025-12-18)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra9a408ff6fd64e94" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R84f90402cabd4ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7639b5b30fe468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e1aced7acb94a0b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R96fa4b66d6934f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd42354352892423a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R200866538abc46fc"/>
+                    <a:blip r:embed="R1e22f5538cc94ccc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R200866538abc46fc">
+                    <a:blip r:embed="R1e22f5538cc94ccc">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R499f0baea0e84b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rff2ec290399349fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R299d8bc5eae44a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R200866538abc46fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R15acd80051264c99" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91cb8d0ec3b3441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R49516b1f1d7e4f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29f5737941d94bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1e22f5538cc94ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47e81110f2504e03" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>