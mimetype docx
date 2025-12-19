--- v3 (2025-12-18)
+++ v4 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e1aced7acb94a0b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R96fa4b66d6934f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd42354352892423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4de142575dbf4840" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb3dbc94639974ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8766e54d6767423c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1e22f5538cc94ccc"/>
+                    <a:blip r:embed="R62664dfe958a48e9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1e22f5538cc94ccc">
+                    <a:blip r:embed="R62664dfe958a48e9">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91cb8d0ec3b3441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R49516b1f1d7e4f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29f5737941d94bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1e22f5538cc94ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47e81110f2504e03" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0cf62151f0d14981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10374a28be164cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60ce42d552f644ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R62664dfe958a48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6de7df15ae47483c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>