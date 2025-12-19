--- v4 (2025-12-19)
+++ v5 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4de142575dbf4840" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb3dbc94639974ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8766e54d6767423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda6c04e11ed84cd7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R41dc718f49554b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45a690b1580f40df" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R62664dfe958a48e9"/>
+                    <a:blip r:embed="Rc8589c9cf9e241fb"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R62664dfe958a48e9">
+                    <a:blip r:embed="Rc8589c9cf9e241fb">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0cf62151f0d14981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10374a28be164cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60ce42d552f644ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R62664dfe958a48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6de7df15ae47483c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R592448a7f093472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ec996bda4d44df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b21933bff514fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc8589c9cf9e241fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53aa279bba6b432c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>