--- v5 (2025-12-19)
+++ v6 (2025-12-20)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda6c04e11ed84cd7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R41dc718f49554b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45a690b1580f40df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bc5a7878eeb41f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra36918872a124dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra913a5a92a5748ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc8589c9cf9e241fb"/>
+                    <a:blip r:embed="R5f1da9f4819b4419"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc8589c9cf9e241fb">
+                    <a:blip r:embed="R5f1da9f4819b4419">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R592448a7f093472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ec996bda4d44df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b21933bff514fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc8589c9cf9e241fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53aa279bba6b432c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a2b9976eddb4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc45031b126b24d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R52e4af2f601d44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R5f1da9f4819b4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd89ba8a901a446ba" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>