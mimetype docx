--- v6 (2025-12-20)
+++ v7 (2025-12-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bc5a7878eeb41f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra36918872a124dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra913a5a92a5748ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae208876cf87433c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2ca793d460804e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8fec7be30824032" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5f1da9f4819b4419"/>
+                    <a:blip r:embed="R93b0e163e1bf481f"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5f1da9f4819b4419">
+                    <a:blip r:embed="R93b0e163e1bf481f">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a2b9976eddb4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc45031b126b24d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R52e4af2f601d44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R5f1da9f4819b4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd89ba8a901a446ba" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4903ac20be724c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73a2a65260ed4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R40918a5b45f745af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R93b0e163e1bf481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7df4da2dfb524575" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>