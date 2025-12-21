--- v7 (2025-12-21)
+++ v8 (2025-12-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae208876cf87433c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2ca793d460804e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8fec7be30824032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R11ea33f8b5a04071" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60cbd9a289a340b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce8f58aeffe341c4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R93b0e163e1bf481f"/>
+                    <a:blip r:embed="R343588c5569a49a3"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R93b0e163e1bf481f">
+                    <a:blip r:embed="R343588c5569a49a3">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4903ac20be724c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73a2a65260ed4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R40918a5b45f745af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R93b0e163e1bf481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7df4da2dfb524575" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4ffb14bb96314b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0309ed5f02d24bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R771e7371bb1f443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R343588c5569a49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfde913f0c1614ff7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>