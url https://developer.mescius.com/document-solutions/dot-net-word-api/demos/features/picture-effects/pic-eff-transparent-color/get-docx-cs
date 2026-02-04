--- v8 (2025-12-21)
+++ v9 (2026-02-04)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R11ea33f8b5a04071" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60cbd9a289a340b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce8f58aeffe341c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4f8b68cf2c14897" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R66d5523f37bb4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Racae1b21a62c4aea" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R343588c5569a49a3"/>
+                    <a:blip r:embed="R4924407a08734e6d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R343588c5569a49a3">
+                    <a:blip r:embed="R4924407a08734e6d">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4ffb14bb96314b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0309ed5f02d24bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R771e7371bb1f443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R343588c5569a49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfde913f0c1614ff7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f26b6ae5f7b46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R563a51e610934ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b1f4566f4a64e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4924407a08734e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R48acd9f2d3a945ee" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>