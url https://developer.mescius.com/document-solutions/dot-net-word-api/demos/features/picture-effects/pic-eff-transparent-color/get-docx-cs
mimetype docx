--- v9 (2026-02-04)
+++ v10 (2026-03-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4f8b68cf2c14897" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R66d5523f37bb4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Racae1b21a62c4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf1d94e2966af4a1e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2ee8fd4c1b79414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd204e8d5b0d948f5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4924407a08734e6d"/>
+                    <a:blip r:embed="R726bf0c9e8944895"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4924407a08734e6d">
+                    <a:blip r:embed="R726bf0c9e8944895">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="000000">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:pattFill prst="lgConfetti">
@@ -693,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f26b6ae5f7b46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R563a51e610934ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b1f4566f4a64e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4924407a08734e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R48acd9f2d3a945ee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3fab0efbbe164745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc4d38cc70f2d4173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb01e7912be7b4ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R726bf0c9e8944895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R87674b10ab4943e2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>