--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5f49d29147a4d68" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6e4ef62506af48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R82c1499c5d1040e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16c85c090d974c6e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra254d3acd2814db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R91303854f57d4cb9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R7dca82b8ccf240c4"/>
+                    <a:blip r:embed="R002c4cb18bc348f5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R7dca82b8ccf240c4">
+                    <a:blip r:embed="R002c4cb18bc348f5">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rae76999cf3df42fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5ad6d7f35cba4a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R889ae6932bdb4150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7dca82b8ccf240c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf12118d425094345" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re020d70fdc3a4746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0018c1e5063345c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3fa3fdd27ce5492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R002c4cb18bc348f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9c4c2e503504bd8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>