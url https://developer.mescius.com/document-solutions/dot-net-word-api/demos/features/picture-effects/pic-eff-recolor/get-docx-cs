--- v1 (2025-12-07)
+++ v2 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16c85c090d974c6e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra254d3acd2814db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R91303854f57d4cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R516a0f3b2b4a44d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R47dcb0ab4f984bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2afe177fc2884464" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R002c4cb18bc348f5"/>
+                    <a:blip r:embed="R6647fabb551049d5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R002c4cb18bc348f5">
+                    <a:blip r:embed="R6647fabb551049d5">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re020d70fdc3a4746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0018c1e5063345c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3fa3fdd27ce5492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R002c4cb18bc348f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9c4c2e503504bd8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R05af6aa7bbe94323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce568be2d5c64d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48b9eb88ccde43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6647fabb551049d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ef59bcdf3e642db" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>