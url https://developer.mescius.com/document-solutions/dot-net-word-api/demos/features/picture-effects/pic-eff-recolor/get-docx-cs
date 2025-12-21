--- v2 (2025-12-19)
+++ v3 (2025-12-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R516a0f3b2b4a44d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R47dcb0ab4f984bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2afe177fc2884464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1474dc0f4fcc4089" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R59aa910521c34fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77eade8fef634289" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R6647fabb551049d5"/>
+                    <a:blip r:embed="R4587026d56fe448b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R6647fabb551049d5">
+                    <a:blip r:embed="R4587026d56fe448b">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R05af6aa7bbe94323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce568be2d5c64d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48b9eb88ccde43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6647fabb551049d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ef59bcdf3e642db" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3f62081d8a94d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra34ab41e537c4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Red8f030f64ce489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4587026d56fe448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R420bb96e325748a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>