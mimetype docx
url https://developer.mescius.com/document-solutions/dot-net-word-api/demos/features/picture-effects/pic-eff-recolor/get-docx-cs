--- v3 (2025-12-21)
+++ v4 (2025-12-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1474dc0f4fcc4089" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R59aa910521c34fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77eade8fef634289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc0e7e22937784de7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1d341276cf64005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d585c704ffd4d48" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4587026d56fe448b"/>
+                    <a:blip r:embed="Rd72ea64b78de4c14"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4587026d56fe448b">
+                    <a:blip r:embed="Rd72ea64b78de4c14">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3f62081d8a94d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra34ab41e537c4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Red8f030f64ce489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4587026d56fe448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R420bb96e325748a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e028b16b10d44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0ff21c28b0be4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e57bbd14feb44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd72ea64b78de4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d4ff1923ae5408b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>