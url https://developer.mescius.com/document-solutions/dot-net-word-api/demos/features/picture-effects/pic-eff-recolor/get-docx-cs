--- v4 (2025-12-21)
+++ v5 (2025-12-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc0e7e22937784de7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1d341276cf64005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d585c704ffd4d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c02feb15ced4ec8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56fc342464f4444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re786d3a3e826462b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd72ea64b78de4c14"/>
+                    <a:blip r:embed="R4d2abacde4604942"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd72ea64b78de4c14">
+                    <a:blip r:embed="R4d2abacde4604942">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e028b16b10d44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0ff21c28b0be4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e57bbd14feb44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd72ea64b78de4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d4ff1923ae5408b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d1244fab9a749f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3813731350142a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82a20a915f0e4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4d2abacde4604942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2dc2bdd666094400" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>