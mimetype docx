--- v5 (2025-12-22)
+++ v6 (2025-12-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c02feb15ced4ec8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56fc342464f4444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re786d3a3e826462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R50947a2f8384406e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16227ace5e9b4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ea99c751ccc4b8c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4d2abacde4604942"/>
+                    <a:blip r:embed="R270ae727654b4fa4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4d2abacde4604942">
+                    <a:blip r:embed="R270ae727654b4fa4">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d1244fab9a749f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3813731350142a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82a20a915f0e4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4d2abacde4604942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2dc2bdd666094400" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7392922369b41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re6717ecbe48942f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3dce33a226e642fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R270ae727654b4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcb611aa7cde94b18" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>