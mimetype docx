--- v6 (2025-12-22)
+++ v7 (2025-12-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R50947a2f8384406e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16227ace5e9b4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ea99c751ccc4b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R831455b496a348fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a48e5c0b17e411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb9870c576fd463c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R270ae727654b4fa4"/>
+                    <a:blip r:embed="Rc6546052adf341a7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R270ae727654b4fa4">
+                    <a:blip r:embed="Rc6546052adf341a7">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7392922369b41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re6717ecbe48942f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3dce33a226e642fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R270ae727654b4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcb611aa7cde94b18" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6c58e8aa58894662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0919590174564a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcae76d137c2046bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc6546052adf341a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c63b962783849c5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>