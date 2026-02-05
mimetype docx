--- v7 (2025-12-22)
+++ v8 (2026-02-05)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R831455b496a348fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a48e5c0b17e411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb9870c576fd463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5efa74f6168a4c48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e51273cf58c481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87e7585412854a35" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc6546052adf341a7"/>
+                    <a:blip r:embed="R474a6eab25004601"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc6546052adf341a7">
+                    <a:blip r:embed="R474a6eab25004601">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6c58e8aa58894662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0919590174564a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcae76d137c2046bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc6546052adf341a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c63b962783849c5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23ad16745e7d4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3d4041f27b648ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87eb094f3bc54751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R474a6eab25004601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R813b070bacd74069" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>