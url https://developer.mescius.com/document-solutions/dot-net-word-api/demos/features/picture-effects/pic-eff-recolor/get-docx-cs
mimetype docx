--- v8 (2026-02-05)
+++ v9 (2026-03-23)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5efa74f6168a4c48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e51273cf58c481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87e7585412854a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f9a7048f505463b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R724a4e85270f46c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R933b4f57b7db439f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R474a6eab25004601"/>
+                    <a:blip r:embed="Rfebedb4a75d948c8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R474a6eab25004601">
+                    <a:blip r:embed="Rfebedb4a75d948c8">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:srgbClr val="D9C3A5">
                           <a:tint val="50000"/>
                           <a:satMod val="180000"/>
                         </a:srgbClr>
                       </a:duotone>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -682,51 +682,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23ad16745e7d4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3d4041f27b648ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87eb094f3bc54751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R474a6eab25004601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R813b070bacd74069" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra887e2a344604ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6a16658c5daf461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2e0c8405ea5f4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rfebedb4a75d948c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1acb3e2d51414726" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>