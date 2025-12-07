--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5df5d77c093640cd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfa732ee1e0eb4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8909d69bc91c481d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf74ecf3d5c5d4c5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb2f385a154664e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re649b149cabb401c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R742fdd5bab3b4d73"/>
+                    <a:blip r:embed="Rf858be51afcd45f2"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R742fdd5bab3b4d73">
+                    <a:blip r:embed="Rf858be51afcd45f2">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3ed4566c048b4735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra47dbec720464219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R469688c9d35f4ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R742fdd5bab3b4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50e7740e260248bd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7a44174245da4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6d5123d054b43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R297710b416b44861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf858be51afcd45f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R114a1a3597a04845" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>