--- v1 (2025-12-07)
+++ v2 (2025-12-17)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf74ecf3d5c5d4c5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb2f385a154664e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re649b149cabb401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc3d3fb33e6da45ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72d3598e5dde4e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R13760bf8512b4070" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rf858be51afcd45f2"/>
+                    <a:blip r:embed="R50906dfb7f6a4bb6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rf858be51afcd45f2">
+                    <a:blip r:embed="R50906dfb7f6a4bb6">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7a44174245da4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6d5123d054b43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R297710b416b44861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf858be51afcd45f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R114a1a3597a04845" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R38da81d5ba704835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88dbe4908bcf44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1ccbae02082451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R50906dfb7f6a4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3710fc976a9144d4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>