--- v2 (2025-12-17)
+++ v3 (2025-12-18)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc3d3fb33e6da45ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72d3598e5dde4e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R13760bf8512b4070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce845dfac84249f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb10fb025d844345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ae4731ceb72466d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50906dfb7f6a4bb6"/>
+                    <a:blip r:embed="Re891b2a44bc34211"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50906dfb7f6a4bb6">
+                    <a:blip r:embed="Re891b2a44bc34211">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R38da81d5ba704835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88dbe4908bcf44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1ccbae02082451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R50906dfb7f6a4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3710fc976a9144d4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda1d2b59c9e143d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21ee3c789f1e42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99fd1f7a5c614a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re891b2a44bc34211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb826e95e9f084616" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>