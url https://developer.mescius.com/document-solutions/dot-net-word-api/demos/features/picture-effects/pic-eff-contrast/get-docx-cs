--- v3 (2025-12-18)
+++ v4 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce845dfac84249f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb10fb025d844345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ae4731ceb72466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra1496adf41c04513" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d87e434d84e46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R280a0ba86780480c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re891b2a44bc34211"/>
+                    <a:blip r:embed="R860780880728441d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re891b2a44bc34211">
+                    <a:blip r:embed="R860780880728441d">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda1d2b59c9e143d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21ee3c789f1e42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99fd1f7a5c614a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re891b2a44bc34211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb826e95e9f084616" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4cb39ebc52d4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1489eeb90d64b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f7421771ed84c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R860780880728441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcc3d90d7a1fd4293" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>