--- v4 (2025-12-19)
+++ v5 (2025-12-20)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra1496adf41c04513" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d87e434d84e46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R280a0ba86780480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd4fcdb7568444bc8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R977eb13535c449f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rde2e00b7173a474d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R860780880728441d"/>
+                    <a:blip r:embed="Reeff676e70424093"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R860780880728441d">
+                    <a:blip r:embed="Reeff676e70424093">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4cb39ebc52d4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1489eeb90d64b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f7421771ed84c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R860780880728441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcc3d90d7a1fd4293" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbb41bee5b2ce4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb84427d56c4f420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea660b3a69e74870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Reeff676e70424093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2d1f26d6a9604c3e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>