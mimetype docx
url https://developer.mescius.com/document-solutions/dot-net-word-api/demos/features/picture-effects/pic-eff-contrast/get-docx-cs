--- v5 (2025-12-20)
+++ v6 (2025-12-20)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd4fcdb7568444bc8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R977eb13535c449f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rde2e00b7173a474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82dc7e5499124eff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0271054a1c724301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf6f23e2befbf4796" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reeff676e70424093"/>
+                    <a:blip r:embed="R1e86e09df1494447"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reeff676e70424093">
+                    <a:blip r:embed="R1e86e09df1494447">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbb41bee5b2ce4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb84427d56c4f420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea660b3a69e74870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Reeff676e70424093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2d1f26d6a9604c3e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1f20b502ce3141b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12660064effb405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6264d0d0bfa54596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1e86e09df1494447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d28ccc423dc4b68" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>