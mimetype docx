--- v6 (2025-12-20)
+++ v7 (2025-12-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82dc7e5499124eff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0271054a1c724301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf6f23e2befbf4796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a3e842256334872" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re31a81db1fb34bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R999defd8e27d4d0f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1e86e09df1494447"/>
+                    <a:blip r:embed="R2c6670beae28463d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1e86e09df1494447">
+                    <a:blip r:embed="R2c6670beae28463d">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1f20b502ce3141b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12660064effb405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6264d0d0bfa54596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1e86e09df1494447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d28ccc423dc4b68" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f923ea250f84415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8a00f881725742a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R71dc3333722940d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2c6670beae28463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf78f6a3aeb784f3d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>