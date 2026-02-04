--- v7 (2025-12-21)
+++ v8 (2026-02-04)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a3e842256334872" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re31a81db1fb34bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R999defd8e27d4d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1931bcc660aa44d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7f42f080f50b4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0eea86a3cc0e43a7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R2c6670beae28463d"/>
+                    <a:blip r:embed="Rc9fc1b6046fc44f6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R2c6670beae28463d">
+                    <a:blip r:embed="Rc9fc1b6046fc44f6">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f923ea250f84415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8a00f881725742a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R71dc3333722940d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2c6670beae28463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf78f6a3aeb784f3d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74992c44f4c84766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd36c6514fd9e4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re87aa04dff6d4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc9fc1b6046fc44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04ebd14bcad04e4c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>