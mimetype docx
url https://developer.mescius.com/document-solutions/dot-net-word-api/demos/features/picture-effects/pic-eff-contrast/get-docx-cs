--- v8 (2026-02-04)
+++ v9 (2026-02-04)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1931bcc660aa44d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7f42f080f50b4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0eea86a3cc0e43a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re88d05d3672a46cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5418e56f8b764f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf658481cd8784650" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc9fc1b6046fc44f6"/>
+                    <a:blip r:embed="R4e40e454acdb4543"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc9fc1b6046fc44f6">
+                    <a:blip r:embed="R4e40e454acdb4543">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74992c44f4c84766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd36c6514fd9e4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re87aa04dff6d4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc9fc1b6046fc44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04ebd14bcad04e4c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc72dcda3c97e4c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd5cfdd2d54f404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fa219a4a28b4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4e40e454acdb4543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb69389f2bfc54562" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>