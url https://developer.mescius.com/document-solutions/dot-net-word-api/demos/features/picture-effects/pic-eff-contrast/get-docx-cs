--- v9 (2026-02-04)
+++ v10 (2026-03-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re88d05d3672a46cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5418e56f8b764f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf658481cd8784650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6912242c681c41fd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R87e364ed0adb42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99ff0f61b8ff4021" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4e40e454acdb4543"/>
+                    <a:blip r:embed="R6bb97e3902ad4e97"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4e40e454acdb4543">
+                    <a:blip r:embed="R6bb97e3902ad4e97">
                       <a:lum bright="0" contrast="-50000"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc72dcda3c97e4c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd5cfdd2d54f404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fa219a4a28b4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4e40e454acdb4543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb69389f2bfc54562" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7e17de200e6945f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc2514a94016c4c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc4d0ab8d2654559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6bb97e3902ad4e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6de3a9003354347" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>