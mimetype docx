--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra06dbe79ee9444c7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R97bf0ed614914d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7e50218f99d34151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8b547a3c12c4759" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60cc9631c10a4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re05945f5537c4ed2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56d71bf977614c73"/>
+                    <a:blip r:embed="R9d3979e7d91e402b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56d71bf977614c73">
+                    <a:blip r:embed="R9d3979e7d91e402b">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc733d34775cb46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R934acd74f3a64c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5f1dfc70a6b496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R56d71bf977614c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R67870be2bf234e05" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R37548ea856024e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5cebd783721e4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R587c94648f9c46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9d3979e7d91e402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14ae771859b2471f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>