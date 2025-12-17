--- v1 (2025-12-07)
+++ v2 (2025-12-17)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8b547a3c12c4759" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60cc9631c10a4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re05945f5537c4ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdbf5c91854b940a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0372b4c500d045b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84ddeb4a9e95402f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R9d3979e7d91e402b"/>
+                    <a:blip r:embed="Rb88d21461aa742cf"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R9d3979e7d91e402b">
+                    <a:blip r:embed="Rb88d21461aa742cf">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R37548ea856024e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5cebd783721e4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R587c94648f9c46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9d3979e7d91e402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14ae771859b2471f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf220d03160bb4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R60b3aa8fedff4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a1e7ff365de4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb88d21461aa742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R817336f1ddcb4ddb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>