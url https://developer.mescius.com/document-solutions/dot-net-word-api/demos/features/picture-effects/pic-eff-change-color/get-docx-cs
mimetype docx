--- v2 (2025-12-17)
+++ v3 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdbf5c91854b940a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0372b4c500d045b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84ddeb4a9e95402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb389d2f8211a4c12" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3ba16f95e40a4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf7b848cef2c4f2f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rb88d21461aa742cf"/>
+                    <a:blip r:embed="R7dbc0c8471b747ed"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rb88d21461aa742cf">
+                    <a:blip r:embed="R7dbc0c8471b747ed">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf220d03160bb4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R60b3aa8fedff4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a1e7ff365de4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb88d21461aa742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R817336f1ddcb4ddb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra588c7c0f3f94511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0289d45cccc644c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf309395934ba4b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7dbc0c8471b747ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb8ece4ae88447c8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>