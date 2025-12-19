--- v3 (2025-12-19)
+++ v4 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb389d2f8211a4c12" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3ba16f95e40a4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf7b848cef2c4f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9b3d4731807486b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1acb1bb09dfc4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9545f9f18a04fad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R7dbc0c8471b747ed"/>
+                    <a:blip r:embed="R0168751eb33a4376"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R7dbc0c8471b747ed">
+                    <a:blip r:embed="R0168751eb33a4376">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra588c7c0f3f94511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0289d45cccc644c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf309395934ba4b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7dbc0c8471b747ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb8ece4ae88447c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R81049ab30ca34775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R550229a6192d450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8f2bf4271ca4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0168751eb33a4376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b63546c606a4e9a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>