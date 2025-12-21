--- v4 (2025-12-19)
+++ v5 (2025-12-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9b3d4731807486b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1acb1bb09dfc4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9545f9f18a04fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde6fc5b3eb1b468e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7126d4fdc9534e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6111f673e8d4716" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0168751eb33a4376"/>
+                    <a:blip r:embed="Rd792f5619ade44ba"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0168751eb33a4376">
+                    <a:blip r:embed="Rd792f5619ade44ba">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R81049ab30ca34775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R550229a6192d450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8f2bf4271ca4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0168751eb33a4376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b63546c606a4e9a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72b93348fbd94afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc75219de16f64d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf0d0adfe44e144f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd792f5619ade44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb954a7ba72884553" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>