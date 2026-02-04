--- v5 (2025-12-21)
+++ v6 (2026-02-04)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde6fc5b3eb1b468e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7126d4fdc9534e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6111f673e8d4716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R367bbf33085445c6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e591782e07c4dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1fed1cf027aa4512" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd792f5619ade44ba"/>
+                    <a:blip r:embed="Re2ca9b55a3a44d2a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd792f5619ade44ba">
+                    <a:blip r:embed="Re2ca9b55a3a44d2a">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72b93348fbd94afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc75219de16f64d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf0d0adfe44e144f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd792f5619ade44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb954a7ba72884553" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc47d29c24bd84e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R254c401e263b4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d4a7c3d03ba4e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re2ca9b55a3a44d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R407f60b207234d68" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>