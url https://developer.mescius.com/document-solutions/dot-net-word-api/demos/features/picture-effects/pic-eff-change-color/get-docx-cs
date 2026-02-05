--- v6 (2026-02-04)
+++ v7 (2026-02-05)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R367bbf33085445c6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e591782e07c4dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1fed1cf027aa4512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R307539c0881747c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8b0427ed4564460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf807bc7bbed541b9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re2ca9b55a3a44d2a"/>
+                    <a:blip r:embed="R09c9d8b136a34e4e"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re2ca9b55a3a44d2a">
+                    <a:blip r:embed="R09c9d8b136a34e4e">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc47d29c24bd84e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R254c401e263b4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d4a7c3d03ba4e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re2ca9b55a3a44d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R407f60b207234d68" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd48f463fbae34af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6dc26ea0b05649b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R72bb7f86fe594616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R09c9d8b136a34e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c5597031ca8402a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>