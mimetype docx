--- v7 (2026-02-05)
+++ v8 (2026-03-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R307539c0881747c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8b0427ed4564460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf807bc7bbed541b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf7ba7458cc204105" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R782345810f034fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8b53fda38add4ce7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R09c9d8b136a34e4e"/>
+                    <a:blip r:embed="R59fe824cd08e4e2a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R09c9d8b136a34e4e">
+                    <a:blip r:embed="R59fe824cd08e4e2a">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd48f463fbae34af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6dc26ea0b05649b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R72bb7f86fe594616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R09c9d8b136a34e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c5597031ca8402a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0c390d5b54d4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re002e9b635434355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb96771124d614eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R59fe824cd08e4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b98a3db3eb94098" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>