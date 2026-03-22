--- v8 (2026-03-22)
+++ v9 (2026-03-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf7ba7458cc204105" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R782345810f034fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8b53fda38add4ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c81b2a0288a432d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4abdbd0798fb4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdf0f75b24edb4751" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R59fe824cd08e4e2a"/>
+                    <a:blip r:embed="R9b49a36df40941af"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R59fe824cd08e4e2a">
+                    <a:blip r:embed="R9b49a36df40941af">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="000000"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="5F9EA0"/>
                         </a:clrTo>
                       </a:clrChange>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -683,51 +683,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0c390d5b54d4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re002e9b635434355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb96771124d614eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R59fe824cd08e4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b98a3db3eb94098" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0be69e2014204da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2dcc38b7dc2040da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R873312e0c6a54940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9b49a36df40941af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b3fa7584a224757" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>