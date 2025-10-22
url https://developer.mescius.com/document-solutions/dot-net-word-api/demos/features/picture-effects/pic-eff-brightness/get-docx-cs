--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rca912d2cc296437a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R396790810c494098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0e59609272f04d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa758cb78a1545bc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ee58f339a3b4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reed42bdc615b40c7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra87d359a2a6f4095"/>
+                    <a:blip r:embed="R086a0af62c55436c"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra87d359a2a6f4095">
+                    <a:blip r:embed="R086a0af62c55436c">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63a98514a58e4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47b44aab7ae04bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9cbb0ffc5357401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra87d359a2a6f4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re41c5941234a467d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R21b0b039635f4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6438235eb664559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R833daefa2a044ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R086a0af62c55436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d983f8a6d664f25" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>