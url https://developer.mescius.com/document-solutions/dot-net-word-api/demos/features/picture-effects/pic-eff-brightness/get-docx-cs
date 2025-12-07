--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa758cb78a1545bc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ee58f339a3b4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reed42bdc615b40c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51d0429f2fd4495e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re79133f3657c4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67e090b424fd48f8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R086a0af62c55436c"/>
+                    <a:blip r:embed="R8d57cfc7fb744ea0"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R086a0af62c55436c">
+                    <a:blip r:embed="R8d57cfc7fb744ea0">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R21b0b039635f4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6438235eb664559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R833daefa2a044ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R086a0af62c55436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d983f8a6d664f25" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R467f733ed18a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8dea6a0030841ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87cd8f5039174448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8d57cfc7fb744ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51233905280f41a8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>