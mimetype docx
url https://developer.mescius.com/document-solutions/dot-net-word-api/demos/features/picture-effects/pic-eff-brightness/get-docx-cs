--- v2 (2025-12-07)
+++ v3 (2025-12-15)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51d0429f2fd4495e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re79133f3657c4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67e090b424fd48f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e276bd2d71a44ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd97796ef83447bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R333a220e25754998" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8d57cfc7fb744ea0"/>
+                    <a:blip r:embed="R28fbaa2d9f644b22"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8d57cfc7fb744ea0">
+                    <a:blip r:embed="R28fbaa2d9f644b22">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R467f733ed18a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8dea6a0030841ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87cd8f5039174448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8d57cfc7fb744ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51233905280f41a8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1f2b62435d5481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1847c079fae9479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Redca3932c1a34d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R28fbaa2d9f644b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10f2be28da16498d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>