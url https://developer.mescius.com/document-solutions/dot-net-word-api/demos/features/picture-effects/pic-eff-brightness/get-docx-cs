--- v3 (2025-12-15)
+++ v4 (2025-12-18)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e276bd2d71a44ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd97796ef83447bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R333a220e25754998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R26a315c9d5ba4c96" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1323a2a995ca420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R039f7e9e3c16417e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R28fbaa2d9f644b22"/>
+                    <a:blip r:embed="R212a4452d52a4f54"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R28fbaa2d9f644b22">
+                    <a:blip r:embed="R212a4452d52a4f54">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1f2b62435d5481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1847c079fae9479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Redca3932c1a34d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R28fbaa2d9f644b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10f2be28da16498d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R55b6e9192f314dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb9a6f1844e634f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R192594cb75684516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R212a4452d52a4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf97be9fd98fe4414" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>