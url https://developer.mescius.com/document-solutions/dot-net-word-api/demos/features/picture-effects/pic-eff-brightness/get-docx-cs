--- v4 (2025-12-18)
+++ v5 (2025-12-18)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R26a315c9d5ba4c96" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1323a2a995ca420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R039f7e9e3c16417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c82b4b2afa1454f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd38f1376b82044e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbe1c74a7b21d45e1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R212a4452d52a4f54"/>
+                    <a:blip r:embed="R69ce17ba7e074704"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R212a4452d52a4f54">
+                    <a:blip r:embed="R69ce17ba7e074704">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R55b6e9192f314dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb9a6f1844e634f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R192594cb75684516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R212a4452d52a4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf97be9fd98fe4414" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67b53822285a48f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0d0dce7f9a444657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd97cc8e2d7e049d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R69ce17ba7e074704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R414899c5f6f840ec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>