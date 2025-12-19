--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c82b4b2afa1454f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd38f1376b82044e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbe1c74a7b21d45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc02078d973e44888" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb3bb063094a54f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R50ba211fd8a547ef" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R69ce17ba7e074704"/>
+                    <a:blip r:embed="Re553763cdf6043aa"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R69ce17ba7e074704">
+                    <a:blip r:embed="Re553763cdf6043aa">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67b53822285a48f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0d0dce7f9a444657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd97cc8e2d7e049d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R69ce17ba7e074704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R414899c5f6f840ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0934b66315e94005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd52077549f8d42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20f60a52419e4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re553763cdf6043aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd8aeed22fa644f6e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>