--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc02078d973e44888" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb3bb063094a54f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R50ba211fd8a547ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R775fe5c35f164f7a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R89404c7d76154042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3ef344234cbd40ad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re553763cdf6043aa"/>
+                    <a:blip r:embed="R973ac3359a794352"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re553763cdf6043aa">
+                    <a:blip r:embed="R973ac3359a794352">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0934b66315e94005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd52077549f8d42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20f60a52419e4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Re553763cdf6043aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd8aeed22fa644f6e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc906d054d43044f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R230b0935ba0548b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc6d11d0c916a48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R973ac3359a794352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2c16a3af1d944c24" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>