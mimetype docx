--- v7 (2025-12-20)
+++ v8 (2025-12-20)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R775fe5c35f164f7a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R89404c7d76154042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3ef344234cbd40ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R591661e71b0243b7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6730ecd079344f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbbb6d2204cb44f09" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R973ac3359a794352"/>
+                    <a:blip r:embed="R0bd52f2270294116"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R973ac3359a794352">
+                    <a:blip r:embed="R0bd52f2270294116">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc906d054d43044f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R230b0935ba0548b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc6d11d0c916a48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R973ac3359a794352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2c16a3af1d944c24" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb408ccb98c6040ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2663fa801c03472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4999ecbc724e4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0bd52f2270294116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R625b9be3e5cc4f8a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>