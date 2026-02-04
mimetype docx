--- v8 (2025-12-20)
+++ v9 (2026-02-04)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R591661e71b0243b7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6730ecd079344f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbbb6d2204cb44f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd58ca47aa841475a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb0318ffa93bf4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R21bb1c0c76284ccf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0bd52f2270294116"/>
+                    <a:blip r:embed="Rd17cd266e1674820"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0bd52f2270294116">
+                    <a:blip r:embed="Rd17cd266e1674820">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb408ccb98c6040ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2663fa801c03472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4999ecbc724e4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0bd52f2270294116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R625b9be3e5cc4f8a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racf22c82b7c4433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbff15cb5b5ea427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R30e0b262679f45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd17cd266e1674820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb80d778c1c3f4ce4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>