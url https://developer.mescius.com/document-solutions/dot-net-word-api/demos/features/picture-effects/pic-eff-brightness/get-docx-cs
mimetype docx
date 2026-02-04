--- v9 (2026-02-04)
+++ v10 (2026-02-04)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd58ca47aa841475a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb0318ffa93bf4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R21bb1c0c76284ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7bf25912d8c84c37" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R01540435b3fb470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R28554702111c416f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd17cd266e1674820"/>
+                    <a:blip r:embed="R2508718a43fb4abe"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd17cd266e1674820">
+                    <a:blip r:embed="R2508718a43fb4abe">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racf22c82b7c4433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbff15cb5b5ea427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R30e0b262679f45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd17cd266e1674820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb80d778c1c3f4ce4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb12682d13f674146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R35de68ae41124a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R379f5004362f45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2508718a43fb4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R40f7e65a8b024ba8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>