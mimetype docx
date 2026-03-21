--- v10 (2026-02-04)
+++ v11 (2026-03-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7bf25912d8c84c37" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R01540435b3fb470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R28554702111c416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R162ed61fbfb945cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ff2696cfd774aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R47055b904c814368" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R2508718a43fb4abe"/>
+                    <a:blip r:embed="R6b794897cbd6497b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R2508718a43fb4abe">
+                    <a:blip r:embed="R6b794897cbd6497b">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb12682d13f674146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R35de68ae41124a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R379f5004362f45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2508718a43fb4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R40f7e65a8b024ba8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R639f99e962a342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reee799c53e04412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R24a33465abf64387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6b794897cbd6497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R763851236abc41b5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>