--- v11 (2026-03-21)
+++ v12 (2026-03-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R162ed61fbfb945cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ff2696cfd774aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R47055b904c814368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33b8d68c988f49e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80a3881d3c244d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R639be65d5c754886" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R6b794897cbd6497b"/>
+                    <a:blip r:embed="Rb21c888d2afa4741"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="CaptionStyle"/>
       </w:pPr>
       <w:r>
         <w:t>Original picture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="3810000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R6b794897cbd6497b">
+                    <a:blip r:embed="Rb21c888d2afa4741">
                       <a:lum bright="50000" contrast="0"/>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -676,51 +676,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R639f99e962a342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reee799c53e04412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R24a33465abf64387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R6b794897cbd6497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R763851236abc41b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rea8d622ac6d8469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R166adf1d9117471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ff1489f001d4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb21c888d2afa4741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R41d71d27437c42a2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>