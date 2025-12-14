--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82cb740d1ffc49cf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R06abd03b48cf4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb46040a783564959" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R54c1c7ae07ba4d9d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd9443b1144dc42f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcd7104b9efd84328" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re2cc3c608dda4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9d764bd379924119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb382c9bd135d4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R870b639bcea144d7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98c4b9edfd6a43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5fe24811665c4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ca202ba5b3f4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4cc04eeb7e3e4431" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>