--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R54c1c7ae07ba4d9d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd9443b1144dc42f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcd7104b9efd84328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb4c362c7e4f494a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23a243f476014f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85c9240780ee4f4a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98c4b9edfd6a43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5fe24811665c4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ca202ba5b3f4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4cc04eeb7e3e4431" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R37a8eeeda4c941b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e4cea171f014305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R493b5343bf524eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1dadda7a18c84350" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>