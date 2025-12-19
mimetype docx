--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb4c362c7e4f494a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23a243f476014f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85c9240780ee4f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3811cb93c1614e55" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae09fcd73d1644ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcb1bd14aacbd4789" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R37a8eeeda4c941b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e4cea171f014305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R493b5343bf524eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1dadda7a18c84350" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R071f37d1a15e42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf3fcd2e62214306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4ec1f763355b4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3ae1eebfb3c54553" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>