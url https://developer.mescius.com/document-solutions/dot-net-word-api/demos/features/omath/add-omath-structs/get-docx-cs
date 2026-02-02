--- v3 (2025-12-19)
+++ v4 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3811cb93c1614e55" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae09fcd73d1644ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcb1bd14aacbd4789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6feb4073a4a7457d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0c178fe921044da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdaf2daef7cad412c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R071f37d1a15e42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf3fcd2e62214306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4ec1f763355b4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3ae1eebfb3c54553" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f5ec71421f94190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3fa636f0f8c24c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R84325f003b8e4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R002249ddf3ed4aa3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>