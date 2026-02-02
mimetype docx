--- v4 (2026-02-02)
+++ v5 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6feb4073a4a7457d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0c178fe921044da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdaf2daef7cad412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rddb65290a66040ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R605e875fe86349cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6d169fe20ec416b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f5ec71421f94190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3fa636f0f8c24c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R84325f003b8e4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R002249ddf3ed4aa3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R805e9285c22e4865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R22423642445f4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb850de121a9642d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R58dd6a5ba4fe4a43" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>