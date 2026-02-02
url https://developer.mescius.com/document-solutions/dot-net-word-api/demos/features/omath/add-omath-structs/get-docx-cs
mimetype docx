--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rddb65290a66040ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R605e875fe86349cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6d169fe20ec416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3c2d83f11370430b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f2ea999cde04368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fb033d6c3704a7a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R805e9285c22e4865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R22423642445f4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb850de121a9642d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R58dd6a5ba4fe4a43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cd853578e414d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R58819e22c9fd46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29951d0eb4e04321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref9301806f9b4356" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>