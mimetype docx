--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3c2d83f11370430b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f2ea999cde04368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fb033d6c3704a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c3c870b7a374171" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf9ade1573d3e4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R820a511512064ec1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cd853578e414d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R58819e22c9fd46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29951d0eb4e04321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref9301806f9b4356" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7acca0279efa43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd6517580ea1c4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd20898df117d4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbb22a28f7f504f60" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>