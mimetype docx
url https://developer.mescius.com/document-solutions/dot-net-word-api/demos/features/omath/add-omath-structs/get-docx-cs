--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c3c870b7a374171" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf9ade1573d3e4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R820a511512064ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6068cc9ce0f0439a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re748220fd80740e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b05e66ad25a4dd3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>OMath content created in DsWord</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="styleCap1"/>
       </w:pPr>
       <w:r>
         <w:t>OMathAccent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="omath"/>
       </w:pPr>
@@ -2201,51 +2201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7acca0279efa43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd6517580ea1c4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd20898df117d4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbb22a28f7f504f60" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0341757ba73b4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf80a7f543de444e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06ea555aaed84ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rccad0e2709d646ac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>