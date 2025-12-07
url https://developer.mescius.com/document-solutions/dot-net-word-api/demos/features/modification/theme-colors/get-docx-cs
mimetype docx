--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R766a436f63964a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0abbc8b5c23a4d2c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>