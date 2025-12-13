--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0abbc8b5c23a4d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d583b20e38f454f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>