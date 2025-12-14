--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d583b20e38f454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R93fde55440694ecd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>