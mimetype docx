--- v3 (2025-12-14)
+++ v4 (2025-12-15)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R93fde55440694ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R74ce851c210f4e97" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>