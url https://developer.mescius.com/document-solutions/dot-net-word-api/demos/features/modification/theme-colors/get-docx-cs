--- v4 (2025-12-15)
+++ v5 (2025-12-17)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R74ce851c210f4e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ccaca660dcd4608" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>