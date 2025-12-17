--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ccaca660dcd4608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f20bf46ae3241dc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>