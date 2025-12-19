--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f20bf46ae3241dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8224794eaf934019" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>