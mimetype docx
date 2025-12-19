--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8224794eaf934019" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb83fc2a019354afd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>