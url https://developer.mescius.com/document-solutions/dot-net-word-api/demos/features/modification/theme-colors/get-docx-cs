--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb83fc2a019354afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75d5f506b5ca4ca1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>