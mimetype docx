--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75d5f506b5ca4ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1aa4ad9de2ef4ff0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>