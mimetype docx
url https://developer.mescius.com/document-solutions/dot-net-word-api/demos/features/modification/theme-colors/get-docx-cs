--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1aa4ad9de2ef4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b392ac6c9524ac5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R118edabe428746bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0f0d68a430b543d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>