--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf556d34f098d4b32" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6788879f6b724338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raec8bb49a0a44e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2a477c03cff4b71" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rddc61ac8ca52466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6352574d97e2405f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Mon, 03 Nov 2025 06:40:38 GMT.</w:t>
+        <w:t>Created by DsWord on Sat, 13 Dec 2025 09:13:07 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R92519b17734a4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfccd4899176a4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc906c1f0bac54bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R456e15d2830f4d55" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a433ac56cd644ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R560b664664874ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65e411b353e44b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Refc5091ff93c4fec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>