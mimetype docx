--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2a477c03cff4b71" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rddc61ac8ca52466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6352574d97e2405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R834bcbdd13df43a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re027013190074298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R552fde11802e4444" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Sat, 13 Dec 2025 09:13:07 GMT.</w:t>
+        <w:t>Created by DsWord on Sun, 14 Dec 2025 22:39:19 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a433ac56cd644ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R560b664664874ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65e411b353e44b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Refc5091ff93c4fec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R04fc154df5cc4dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R804253add08e4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf81a115a60334df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R35476e1411cd4858" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>