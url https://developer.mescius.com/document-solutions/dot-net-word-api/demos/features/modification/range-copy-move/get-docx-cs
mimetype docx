--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R834bcbdd13df43a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re027013190074298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R552fde11802e4444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16e97aea61c24755" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R823969e53c9c4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rec62bda496c4413d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Sun, 14 Dec 2025 22:39:19 GMT.</w:t>
+        <w:t>Created by DsWord on Tue, 16 Dec 2025 14:46:59 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R04fc154df5cc4dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R804253add08e4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf81a115a60334df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R35476e1411cd4858" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8eb77d8c70543f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4c6278b9f4e46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R459128513ba84176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5877434da7de4a6a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>