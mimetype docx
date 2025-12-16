--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16e97aea61c24755" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R823969e53c9c4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rec62bda496c4413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1c7b3f1a3e3c48dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd26700ecb33149d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d162a77677d4999" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Tue, 16 Dec 2025 14:46:59 GMT.</w:t>
+        <w:t>Created by DsWord on Tue, 16 Dec 2025 15:22:20 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8eb77d8c70543f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4c6278b9f4e46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R459128513ba84176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5877434da7de4a6a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R744fa8259de04bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reea5240892504a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa5223c7c5f54ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f474f7d66254420" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>