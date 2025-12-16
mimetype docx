--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1c7b3f1a3e3c48dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd26700ecb33149d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d162a77677d4999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R44b782a0a6ac4501" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R526cd28052724189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R874cb2019c41432b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Tue, 16 Dec 2025 15:22:20 GMT.</w:t>
+        <w:t>Created by DsWord on Tue, 16 Dec 2025 22:31:50 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R744fa8259de04bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reea5240892504a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa5223c7c5f54ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f474f7d66254420" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69947b91cac24053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69974f02383b494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65c19f416a7b4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re2b57d3711844b02" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>