--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R44b782a0a6ac4501" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R526cd28052724189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R874cb2019c41432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ade734596eb4792" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd787e013b3d744ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ae0cdc82f514c7e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Tue, 16 Dec 2025 22:31:50 GMT.</w:t>
+        <w:t>Created by DsWord on Fri, 19 Dec 2025 07:16:45 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69947b91cac24053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69974f02383b494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65c19f416a7b4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re2b57d3711844b02" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91e1d3256daf4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2462aa2677bd4dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2204cfef02284f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e085fe4db4c4a61" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>