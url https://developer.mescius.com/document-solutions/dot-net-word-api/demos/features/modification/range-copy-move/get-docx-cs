--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ade734596eb4792" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd787e013b3d744ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ae0cdc82f514c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9960b21e889f478d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda77697041674f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re45f5821e1fb4fea" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Fri, 19 Dec 2025 07:16:45 GMT.</w:t>
+        <w:t>Created by DsWord on Mon, 02 Feb 2026 13:23:56 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91e1d3256daf4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2462aa2677bd4dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2204cfef02284f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e085fe4db4c4a61" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc93a9b9e5bc9489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R334fe999bf134102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4a0e36ab0e154c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R064f1f3ae94647bd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>