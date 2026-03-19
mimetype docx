--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9960b21e889f478d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda77697041674f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re45f5821e1fb4fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1f0aef51dca4123" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbc040c0e794846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf412dfc94a654aba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -509,51 +509,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic green text</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:t>bold italic light blue text on a dark blue background</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Mon, 02 Feb 2026 13:23:56 GMT.</w:t>
+        <w:t>Created by DsWord on Thu, 19 Mar 2026 22:59:24 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1075,51 +1075,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc93a9b9e5bc9489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R334fe999bf134102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4a0e36ab0e154c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R064f1f3ae94647bd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree94b92d19734402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6882a582497c4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6d46edba2434e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bb4bcf64c414c98" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>