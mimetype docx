--- v0 (2025-11-05)
+++ v1 (2025-12-14)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5bdb4119f2124437" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R17dce4b483834a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1bc44b42aa6f468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R733a153d260e4ea7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2e29b5c17d87406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8287887de6ee43ac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="6928831777208148478"/>
-      <w:bookmarkEnd w:id="6928831777208148478"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="17291004293955842907"/>
+      <w:bookmarkEnd w:id="17291004293955842907"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd5080d2f714f4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R702708a17e684011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9fc7fcb1263842e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60b0a2baf91f4386" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd3b3495ce8dd4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc672504ec2e44643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7241570172bf4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R858459c3959f41f8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>