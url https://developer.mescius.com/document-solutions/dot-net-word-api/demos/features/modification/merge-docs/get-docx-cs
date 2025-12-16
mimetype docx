--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R733a153d260e4ea7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2e29b5c17d87406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8287887de6ee43ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c2ea86fe96045e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfacc726347264cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R514fb8be0fdf4dd7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="17291004293955842907"/>
-      <w:bookmarkEnd w:id="17291004293955842907"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="15265102206734006947"/>
+      <w:bookmarkEnd w:id="15265102206734006947"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd3b3495ce8dd4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc672504ec2e44643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7241570172bf4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R858459c3959f41f8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b9b3cd6ecb14f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01b6f04c8ce34568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc9a1585b4a0f49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94720db8976c4909" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>