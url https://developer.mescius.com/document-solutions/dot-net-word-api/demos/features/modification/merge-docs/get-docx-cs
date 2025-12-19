--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c2ea86fe96045e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfacc726347264cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R514fb8be0fdf4dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c28116200864384" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8dbe99854e4140c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R14b16553755f4426" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="15265102206734006947"/>
-      <w:bookmarkEnd w:id="15265102206734006947"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="928465272156853355"/>
+      <w:bookmarkEnd w:id="928465272156853355"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b9b3cd6ecb14f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01b6f04c8ce34568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc9a1585b4a0f49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94720db8976c4909" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5be0f16dc21488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32943a3b369148f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re5303c739f14432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R83089860136640e5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>