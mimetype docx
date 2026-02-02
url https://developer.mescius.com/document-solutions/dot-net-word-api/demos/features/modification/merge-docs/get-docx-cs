--- v3 (2025-12-19)
+++ v4 (2026-02-02)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c28116200864384" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8dbe99854e4140c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R14b16553755f4426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5e5699bcc1c40d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R790776d5608a4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1b6ee2dba9944f8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="928465272156853355"/>
-      <w:bookmarkEnd w:id="928465272156853355"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="1345380252335425820"/>
+      <w:bookmarkEnd w:id="1345380252335425820"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5be0f16dc21488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32943a3b369148f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re5303c739f14432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R83089860136640e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f2eb2b1a53646dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R71b5f7ed96aa46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re7c17b9e8f384baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3514c611a81a45e0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>