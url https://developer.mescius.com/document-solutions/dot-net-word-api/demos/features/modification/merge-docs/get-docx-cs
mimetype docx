--- v4 (2026-02-02)
+++ v5 (2026-02-02)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5e5699bcc1c40d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R790776d5608a4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1b6ee2dba9944f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e98ddc535114860" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5fdd95a249114e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8295d4d1d9e0469d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="1345380252335425820"/>
-      <w:bookmarkEnd w:id="1345380252335425820"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="7504514345383568873"/>
+      <w:bookmarkEnd w:id="7504514345383568873"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f2eb2b1a53646dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R71b5f7ed96aa46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re7c17b9e8f384baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3514c611a81a45e0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0e1371393bc4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb4e71201e93845db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2ca8595d83a44eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rca95fb47f0de4a76" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>