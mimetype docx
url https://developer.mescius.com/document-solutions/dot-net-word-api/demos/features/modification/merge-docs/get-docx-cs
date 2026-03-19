--- v5 (2026-02-02)
+++ v6 (2026-03-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e98ddc535114860" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5fdd95a249114e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8295d4d1d9e0469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcda713ee9af34a64" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R61626258dc2c4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a260df6d6ef44fc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="7504514345383568873"/>
-      <w:bookmarkEnd w:id="7504514345383568873"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="2201030715432457774"/>
+      <w:bookmarkEnd w:id="2201030715432457774"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0e1371393bc4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb4e71201e93845db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2ca8595d83a44eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rca95fb47f0de4a76" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd86a3dd5de4148fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf520ee06b71b4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re43881cd69bb4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref6391297a0748c3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>