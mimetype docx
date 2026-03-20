--- v6 (2026-03-19)
+++ v7 (2026-03-20)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcda713ee9af34a64" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R61626258dc2c4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a260df6d6ef44fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd7fcc27b82ff4375" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b79b54c9b9d487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rff2c1998d5184080" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="2201030715432457774"/>
-      <w:bookmarkEnd w:id="2201030715432457774"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="11234786996262887663"/>
+      <w:bookmarkEnd w:id="11234786996262887663"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd86a3dd5de4148fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf520ee06b71b4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re43881cd69bb4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref6391297a0748c3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a777b866dfa4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R67c8b60c34574dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R44121ac6e3db4862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R26aca7bb03c14d0b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>