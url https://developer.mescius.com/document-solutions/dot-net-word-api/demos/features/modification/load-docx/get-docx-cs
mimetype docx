--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Wed, 22 Oct 2025 02:40:31 GMT.</w:t>
+        <w:t>Loaded into DsWord on Sun, 07 Dec 2025 03:03:20 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>