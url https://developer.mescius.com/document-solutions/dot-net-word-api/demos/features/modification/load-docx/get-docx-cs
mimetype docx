--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Sun, 07 Dec 2025 03:03:20 GMT.</w:t>
+        <w:t>Loaded into DsWord on Sat, 13 Dec 2025 09:14:52 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>