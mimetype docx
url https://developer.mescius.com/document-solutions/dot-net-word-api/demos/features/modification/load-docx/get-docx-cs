--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Sat, 13 Dec 2025 09:14:52 GMT.</w:t>
+        <w:t>Loaded into DsWord on Sat, 13 Dec 2025 12:13:16 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>