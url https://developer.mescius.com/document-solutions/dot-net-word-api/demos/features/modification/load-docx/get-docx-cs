--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Sat, 13 Dec 2025 12:13:16 GMT.</w:t>
+        <w:t>Loaded into DsWord on Sun, 14 Dec 2025 18:27:01 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>