--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Sun, 14 Dec 2025 18:27:01 GMT.</w:t>
+        <w:t>Loaded into DsWord on Tue, 16 Dec 2025 17:13:58 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>