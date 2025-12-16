--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Tue, 16 Dec 2025 17:13:58 GMT.</w:t>
+        <w:t>Loaded into DsWord on Tue, 16 Dec 2025 18:49:46 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>