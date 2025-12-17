--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Tue, 16 Dec 2025 18:49:46 GMT.</w:t>
+        <w:t>Loaded into DsWord on Wed, 17 Dec 2025 00:23:29 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>