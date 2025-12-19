--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Wed, 17 Dec 2025 00:23:29 GMT.</w:t>
+        <w:t>Loaded into DsWord on Fri, 19 Dec 2025 07:18:30 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>