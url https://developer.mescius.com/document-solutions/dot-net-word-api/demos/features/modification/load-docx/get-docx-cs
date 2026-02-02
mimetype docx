--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Fri, 19 Dec 2025 07:18:30 GMT.</w:t>
+        <w:t>Loaded into DsWord on Mon, 02 Feb 2026 09:36:03 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>