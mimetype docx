--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Mon, 02 Feb 2026 09:36:03 GMT.</w:t>
+        <w:t>Loaded into DsWord on Mon, 02 Feb 2026 11:32:35 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>