--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Mon, 02 Feb 2026 11:32:35 GMT.</w:t>
+        <w:t>Loaded into DsWord on Thu, 19 Mar 2026 22:57:42 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>