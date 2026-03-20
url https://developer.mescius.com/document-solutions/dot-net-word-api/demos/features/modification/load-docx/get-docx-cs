--- v11 (2026-03-19)
+++ v12 (2026-03-20)
@@ -2389,51 +2389,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Loaded into DsWord on Thu, 19 Mar 2026 22:57:42 GMT.</w:t>
+        <w:t>Loaded into DsWord on Fri, 20 Mar 2026 00:47:53 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>