--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd347a36bc878459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R20ca645028df4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5e33dc9fcd124885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R76515bad9f6d4de8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R572ec0f0b23d4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rad261253238a4186" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbaf3cba007604e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R910fee56e1a240ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1a43e51f91f04193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6572080e4fe0457f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd8b9cf69ad3648dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8ad11971b74f43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15fef567e7644724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R790df0956d544f90" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>