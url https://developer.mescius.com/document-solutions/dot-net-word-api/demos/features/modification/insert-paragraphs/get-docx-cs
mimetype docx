--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R76515bad9f6d4de8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R572ec0f0b23d4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rad261253238a4186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82fb1f6ec908497d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09f85db3e50c453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf519647f4b084fdc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd8b9cf69ad3648dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8ad11971b74f43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15fef567e7644724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R790df0956d544f90" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raedb571a87244d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rceac9788c80b401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra824e2c9c72543f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R950f62b891c547b1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>