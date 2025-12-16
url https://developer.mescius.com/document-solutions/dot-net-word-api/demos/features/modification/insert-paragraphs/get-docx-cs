--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82fb1f6ec908497d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09f85db3e50c453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf519647f4b084fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R50f0d2e2bd48492d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80f646ae60074c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R693b51a37cce4851" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raedb571a87244d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rceac9788c80b401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra824e2c9c72543f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R950f62b891c547b1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9666b7297b274a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra82758a1ef3d4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7ffa6679caaa41b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06b2b096a2694be1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>