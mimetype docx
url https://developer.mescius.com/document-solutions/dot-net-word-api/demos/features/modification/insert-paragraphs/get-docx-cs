--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R50f0d2e2bd48492d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80f646ae60074c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R693b51a37cce4851" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2bc6ddb57d1e4969" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra43c5eda3a254d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a34fa33a6a24371" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9666b7297b274a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra82758a1ef3d4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7ffa6679caaa41b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06b2b096a2694be1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rae23f92b069b4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3309276f6284085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re6ab800528c64268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f6fb5f7bb1544a1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>