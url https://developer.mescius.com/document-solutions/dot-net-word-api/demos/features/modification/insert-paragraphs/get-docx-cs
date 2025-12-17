--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2bc6ddb57d1e4969" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra43c5eda3a254d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a34fa33a6a24371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d65accc4a664901" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R853852b8e9e24b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R874df3da668846d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rae23f92b069b4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3309276f6284085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re6ab800528c64268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f6fb5f7bb1544a1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45a8777ff6fd4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9530a518850d472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29d02afd40ff4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9dade73792f4872" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>