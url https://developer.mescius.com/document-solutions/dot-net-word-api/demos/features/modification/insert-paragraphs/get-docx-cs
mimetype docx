--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d65accc4a664901" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R853852b8e9e24b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R874df3da668846d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a307fae76a54d94" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f9619372f0c4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ff0f0bbd8a244b5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45a8777ff6fd4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9530a518850d472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29d02afd40ff4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9dade73792f4872" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc47b303b6dd444b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R365f1428eac04fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf6f7983d2cc34596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R87563fc768084c5b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>