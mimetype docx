--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a307fae76a54d94" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f9619372f0c4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ff0f0bbd8a244b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bc726525a424f5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0e5b1ad7c2f4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R49ed0ddc56d542c7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc47b303b6dd444b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R365f1428eac04fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf6f7983d2cc34596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R87563fc768084c5b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e163fbe173541a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd3968beba6a5406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f7c86ccd1794567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01e789addd314590" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>