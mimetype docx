--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bc726525a424f5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0e5b1ad7c2f4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R49ed0ddc56d542c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf647c6d0fa744e3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R86a9b10d5c334a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4fb1e333cbc949b1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">--- This is separator between anchors start and 1 ---</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Paragraph inserted before paragraph 1 via </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HTMLCode"/>
         </w:rPr>
         <w:cr/>
         <w:t xml:space="preserve">p1.GetRange().Paragraphs.Insert(..., InsertLocation.Before);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -759,51 +759,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e163fbe173541a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd3968beba6a5406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f7c86ccd1794567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01e789addd314590" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re049ab5f30ee4c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19be3448a8644f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R607069140d554073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdaa2fdbcf6ea403e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>