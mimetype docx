--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re98b74a985b24030" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf9a81f22bab2489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rebc237b3735c4f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39afe078dc914586" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7d76ce26d3434382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R39cbfe5c5ed24878" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R13ddf0432f48468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfecb4075f22146a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf25261a9ddad488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R515264e788114b4c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78b98dd1654c460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb201eb31552c4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R364902d584aa4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R680c99c527514dae" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>