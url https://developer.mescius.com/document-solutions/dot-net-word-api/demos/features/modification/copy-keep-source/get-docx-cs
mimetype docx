--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39afe078dc914586" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7d76ce26d3434382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R39cbfe5c5ed24878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30263f31cfef427d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra614f14779cc4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra470ff2151e445b6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78b98dd1654c460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb201eb31552c4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R364902d584aa4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R680c99c527514dae" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R414cbe26aa8146b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra0e25d1eccd54796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R739963bd16894911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re7a63238f6d54b78" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>