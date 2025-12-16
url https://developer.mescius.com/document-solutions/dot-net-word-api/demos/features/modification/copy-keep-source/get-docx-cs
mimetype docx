--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30263f31cfef427d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra614f14779cc4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra470ff2151e445b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd91b057d3091459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Racbc07922ddc420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a2a84e5814343b3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R414cbe26aa8146b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra0e25d1eccd54796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R739963bd16894911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re7a63238f6d54b78" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8c0fbad15f904ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R85c78aace7144a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca6fa2716f5d4d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R100a01ea9e464231" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>