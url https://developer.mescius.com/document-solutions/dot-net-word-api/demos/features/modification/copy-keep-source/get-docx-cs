--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd91b057d3091459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Racbc07922ddc420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a2a84e5814343b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R84bab763ef214a87" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09a710510ce54226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R49e3853b0a3d4598" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8c0fbad15f904ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R85c78aace7144a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca6fa2716f5d4d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R100a01ea9e464231" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1240305230fd4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2929349b1ab149bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8563711b7ad4484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c629a4242ed4518" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>