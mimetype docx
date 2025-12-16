--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R84bab763ef214a87" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09a710510ce54226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R49e3853b0a3d4598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7800a99b36194201" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rde1fd525367e4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcb575b92c244e5f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1240305230fd4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2929349b1ab149bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8563711b7ad4484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c629a4242ed4518" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94e5140c4ee5464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fa1f3c9969842c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rae5b14ccbb1e4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R759f28ab092e4702" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>