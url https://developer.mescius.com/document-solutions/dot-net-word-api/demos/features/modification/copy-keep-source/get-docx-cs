--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7800a99b36194201" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rde1fd525367e4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcb575b92c244e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re4fee9e2c5a146f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R511f98a62dd64445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ba821d40f8f411c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94e5140c4ee5464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fa1f3c9969842c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rae5b14ccbb1e4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R759f28ab092e4702" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb634c08cadf4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6989a2424b8e471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8da0498e38ae44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R85af575f990d4d5c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>