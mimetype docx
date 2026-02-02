--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re4fee9e2c5a146f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R511f98a62dd64445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ba821d40f8f411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d977d49d8864f2c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b5948de54fd4987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5575cf8d0e4c4449" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb634c08cadf4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6989a2424b8e471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8da0498e38ae44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R85af575f990d4d5c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R54b6044c4bba403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c5361cf5cb94f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4452290426894291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9f72a881064d485a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>