--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d977d49d8864f2c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b5948de54fd4987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5575cf8d0e4c4449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f2adef72a1d41e4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra303447f45234807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3e1de04823a9485e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R54b6044c4bba403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c5361cf5cb94f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4452290426894291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9f72a881064d485a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5def6f286d084454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re22442ee7c4a42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc7b60cf7850142a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4e837443dcc74503" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>