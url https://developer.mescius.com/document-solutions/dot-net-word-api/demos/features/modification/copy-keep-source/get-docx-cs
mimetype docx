--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f2adef72a1d41e4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra303447f45234807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3e1de04823a9485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ddabba2ec0b4e2b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9c790fa943bb47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2600000939ba4772" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5def6f286d084454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re22442ee7c4a42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc7b60cf7850142a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4e837443dcc74503" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf247cd99abd54e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R45fc01691a354f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7cc4e77169c64fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R074ea5fb1fb8480c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>