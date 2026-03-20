--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ddabba2ec0b4e2b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9c790fa943bb47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2600000939ba4772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc4296382de54421" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80d7601ccd9a44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rceafd94f4f6947d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph in the target document is associated with a custom paragraph style named "X-style". That style specifies the font to be blue and bold, and the whole paragraph is indented by 1" on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="X-style_gcity_gen_1"/>
       </w:pPr>
       <w:r>
         <w:t>This paragraph is copied from the source to the target DOCX. In the source DOCX, this paragraph was associated with a custom style also named "X-style". That style specifies the font to be red and italic, the whole paragraph is right-aligned and indented 1" from the left. Due to a conflict with the same-named but different style in the target document its name is changed to "X-style1".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -596,51 +596,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf247cd99abd54e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R45fc01691a354f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7cc4e77169c64fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R074ea5fb1fb8480c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bb96d2076ea4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9120ab606b0b4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3a2aaf386c6742bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R382fa628dd4046c5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>